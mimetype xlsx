--- v0 (2025-10-02)
+++ v1 (2026-03-19)
@@ -661,51 +661,51 @@
       </c>
       <c r="C9" s="8">
         <v>1981</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="8">
         <v>1985</v>
       </c>
       <c r="D10" s="8" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C11" s="8">
         <v>2000</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="1"/>
@@ -801,51 +801,51 @@
       </c>
       <c r="C16" s="8">
         <v>1971</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="8">
         <v>1998</v>
       </c>
       <c r="D17" s="8" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="8">
         <v>1966</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>31</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F18" s="1"/>