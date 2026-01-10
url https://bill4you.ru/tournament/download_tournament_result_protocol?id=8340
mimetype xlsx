--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -815,51 +815,53 @@
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E16" s="9"/>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>22</v>
       </c>
-      <c r="C17" s="8"/>
+      <c r="C17" s="8">
+        <v>1974</v>
+      </c>
       <c r="D17" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>40</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="8">
         <v>1978</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>40</v>