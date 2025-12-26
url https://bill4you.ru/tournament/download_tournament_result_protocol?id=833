--- v0 (2025-10-27)
+++ v1 (2025-12-26)
@@ -1459,51 +1459,51 @@
       </c>
       <c r="C24" s="8">
         <v>1985</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>185</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C25" s="8">
         <v>1994</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C26" s="8">
         <v>2000</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>188</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F26" s="1"/>
@@ -4177,51 +4177,51 @@
       <c r="B161" s="9" t="s">
         <v>173</v>
       </c>
       <c r="C161" s="8">
         <v>1986</v>
       </c>
       <c r="D161" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E161" s="9" t="s">
         <v>196</v>
       </c>
       <c r="F161" s="1"/>
       <c r="G161" s="1"/>
       <c r="H161" s="1"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="8"/>
       <c r="B162" s="9" t="s">
         <v>174</v>
       </c>
       <c r="C162" s="8">
         <v>1997</v>
       </c>
       <c r="D162" s="8" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="E162" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F162" s="1"/>
       <c r="G162" s="1"/>
       <c r="H162" s="1"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="8"/>
       <c r="B163" s="9" t="s">
         <v>175</v>
       </c>
       <c r="C163" s="8">
         <v>2007</v>
       </c>
       <c r="D163" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E163" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F163" s="1"/>
       <c r="G163" s="1"/>
       <c r="H163" s="1"/>