--- v1 (2025-12-26)
+++ v2 (2026-03-10)
@@ -581,54 +581,54 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>ЗМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
+    <t>2р</t>
+  </si>
+  <si>
     <t>1р</t>
-  </si>
-[...1 lines deleted...]
-    <t>2р</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
     <t>Беларусь</t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
   <si>
     <t>Узбекистан</t>
   </si>
   <si>
     <t>Молдова</t>
   </si>
@@ -1579,51 +1579,51 @@
       </c>
       <c r="C30" s="8">
         <v>2002</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>185</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>196</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C31" s="8">
         <v>1993</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>194</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C32" s="8">
         <v>2003</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>188</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F32" s="1"/>
@@ -1919,51 +1919,51 @@
       </c>
       <c r="C47" s="8">
         <v>1998</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>187</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C48" s="8">
         <v>1985</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C49" s="8">
         <v>1991</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F49" s="1"/>
@@ -2539,71 +2539,71 @@
       </c>
       <c r="C78" s="8">
         <v>1994</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>187</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F78" s="1"/>
       <c r="G78" s="1"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B79" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C79" s="8">
         <v>2006</v>
       </c>
       <c r="D79" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C80" s="8">
         <v>1984</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C81" s="8">
         <v>2010</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F81" s="1"/>
@@ -2619,51 +2619,51 @@
       </c>
       <c r="C82" s="8">
         <v>1991</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>95</v>
       </c>
       <c r="C83" s="8">
         <v>1983</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>96</v>
       </c>
       <c r="C84" s="8">
         <v>1989</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>187</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F84" s="1"/>
@@ -2799,51 +2799,51 @@
       </c>
       <c r="C91" s="8">
         <v>1989</v>
       </c>
       <c r="D91" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E91" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B92" s="9" t="s">
         <v>104</v>
       </c>
       <c r="C92" s="8">
         <v>2003</v>
       </c>
       <c r="D92" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E92" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B93" s="9" t="s">
         <v>105</v>
       </c>
       <c r="C93" s="8">
         <v>1973</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>188</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F93" s="1"/>
@@ -2919,51 +2919,51 @@
       </c>
       <c r="C97" s="8">
         <v>1996</v>
       </c>
       <c r="D97" s="8" t="s">
         <v>188</v>
       </c>
       <c r="E97" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F97" s="1"/>
       <c r="G97" s="1"/>
       <c r="H97" s="1"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B98" s="9" t="s">
         <v>110</v>
       </c>
       <c r="C98" s="8">
         <v>2006</v>
       </c>
       <c r="D98" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E98" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F98" s="1"/>
       <c r="G98" s="1"/>
       <c r="H98" s="1"/>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B99" s="9" t="s">
         <v>111</v>
       </c>
       <c r="C99" s="8">
         <v>2002</v>
       </c>
       <c r="D99" s="8" t="s">
         <v>187</v>
       </c>
       <c r="E99" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F99" s="1"/>
@@ -2999,51 +2999,51 @@
       </c>
       <c r="C101" s="8">
         <v>2006</v>
       </c>
       <c r="D101" s="8" t="s">
         <v>188</v>
       </c>
       <c r="E101" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F101" s="1"/>
       <c r="G101" s="1"/>
       <c r="H101" s="1"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B102" s="9" t="s">
         <v>114</v>
       </c>
       <c r="C102" s="8">
         <v>2001</v>
       </c>
       <c r="D102" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E102" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F102" s="1"/>
       <c r="G102" s="1"/>
       <c r="H102" s="1"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B103" s="9" t="s">
         <v>115</v>
       </c>
       <c r="C103" s="8">
         <v>1994</v>
       </c>
       <c r="D103" s="8" t="s">
         <v>187</v>
       </c>
       <c r="E103" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F103" s="1"/>
@@ -3119,51 +3119,51 @@
       </c>
       <c r="C107" s="8">
         <v>1996</v>
       </c>
       <c r="D107" s="8" t="s">
         <v>185</v>
       </c>
       <c r="E107" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B108" s="9" t="s">
         <v>120</v>
       </c>
       <c r="C108" s="8">
         <v>1988</v>
       </c>
       <c r="D108" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="E108" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B109" s="9" t="s">
         <v>121</v>
       </c>
       <c r="C109" s="8">
         <v>2001</v>
       </c>
       <c r="D109" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E109" s="9" t="s">
         <v>195</v>
       </c>
       <c r="F109" s="1"/>
@@ -3539,51 +3539,51 @@
       </c>
       <c r="C128" s="8">
         <v>1993</v>
       </c>
       <c r="D128" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E128" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B129" s="9" t="s">
         <v>141</v>
       </c>
       <c r="C129" s="8">
         <v>1979</v>
       </c>
       <c r="D129" s="8" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="E129" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F129" s="1"/>
       <c r="G129" s="1"/>
       <c r="H129" s="1"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B130" s="9" t="s">
         <v>142</v>
       </c>
       <c r="C130" s="8">
         <v>2008</v>
       </c>
       <c r="D130" s="8" t="s">
         <v>184</v>
       </c>
       <c r="E130" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F130" s="1"/>
@@ -3919,51 +3919,51 @@
       </c>
       <c r="C147" s="8">
         <v>2000</v>
       </c>
       <c r="D147" s="8" t="s">
         <v>187</v>
       </c>
       <c r="E147" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F147" s="1"/>
       <c r="G147" s="1"/>
       <c r="H147" s="1"/>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B148" s="9" t="s">
         <v>160</v>
       </c>
       <c r="C148" s="8">
         <v>1975</v>
       </c>
       <c r="D148" s="8" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E148" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F148" s="1"/>
       <c r="G148" s="1"/>
       <c r="H148" s="1"/>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B149" s="9" t="s">
         <v>161</v>
       </c>
       <c r="C149" s="8">
         <v>1995</v>
       </c>
       <c r="D149" s="8" t="s">
         <v>191</v>
       </c>
       <c r="E149" s="9" t="s">
         <v>199</v>
       </c>
       <c r="F149" s="1"/>
@@ -4105,51 +4105,51 @@
       <c r="B157" s="9" t="s">
         <v>169</v>
       </c>
       <c r="C157" s="8">
         <v>1991</v>
       </c>
       <c r="D157" s="8" t="s">
         <v>188</v>
       </c>
       <c r="E157" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F157" s="1"/>
       <c r="G157" s="1"/>
       <c r="H157" s="1"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="8"/>
       <c r="B158" s="9" t="s">
         <v>170</v>
       </c>
       <c r="C158" s="8">
         <v>2010</v>
       </c>
       <c r="D158" s="8" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="E158" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F158" s="1"/>
       <c r="G158" s="1"/>
       <c r="H158" s="1"/>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="8"/>
       <c r="B159" s="9" t="s">
         <v>171</v>
       </c>
       <c r="C159" s="8">
         <v>1992</v>
       </c>
       <c r="D159" s="8" t="s">
         <v>187</v>
       </c>
       <c r="E159" s="9" t="s">
         <v>193</v>
       </c>
       <c r="F159" s="1"/>
       <c r="G159" s="1"/>
       <c r="H159" s="1"/>