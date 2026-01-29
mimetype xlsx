--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -95,156 +95,237 @@
   <si>
     <t>Горыславец Сергей</t>
   </si>
   <si>
     <t>Замалеев Эйнар</t>
   </si>
   <si>
     <t>Россия-29</t>
   </si>
   <si>
     <t>Саетгалеев Артем</t>
   </si>
   <si>
     <t>Белоглазов Вадим</t>
   </si>
   <si>
     <t>Россия-33</t>
   </si>
   <si>
     <t>Шкода Дмитрий</t>
   </si>
   <si>
     <t>Старухин Юрий</t>
   </si>
   <si>
+    <t>Россия-40</t>
+  </si>
+  <si>
+    <t>Балов Артем</t>
+  </si>
+  <si>
+    <t>Ирышков Артём</t>
+  </si>
+  <si>
+    <t>Россия-9</t>
+  </si>
+  <si>
+    <t>Черноусенко Андрей</t>
+  </si>
+  <si>
+    <t>Румянцев Илья</t>
+  </si>
+  <si>
+    <t>Россия-1</t>
+  </si>
+  <si>
+    <t>Гранкин Кирилл</t>
+  </si>
+  <si>
+    <t>Ананьин Сергей</t>
+  </si>
+  <si>
     <t>Россия-24</t>
   </si>
   <si>
     <t>Ясинецкий Сергей</t>
   </si>
   <si>
     <t>Стороженко Дмитрий</t>
   </si>
   <si>
-    <t>Россия-40</t>
-[...23 lines deleted...]
-    <t>Ананьин Сергей</t>
+    <t>Россия-36</t>
+  </si>
+  <si>
+    <t>Осьминин Владислав</t>
+  </si>
+  <si>
+    <t>Корень Алексей</t>
+  </si>
+  <si>
+    <t>Россия-37</t>
+  </si>
+  <si>
+    <t>Локтев Виктор</t>
+  </si>
+  <si>
+    <t>Кочкин Максим</t>
+  </si>
+  <si>
+    <t>Россия-31</t>
+  </si>
+  <si>
+    <t>Вахонин Вячеслав</t>
+  </si>
+  <si>
+    <t>Попов Матвей</t>
+  </si>
+  <si>
+    <t>Беларусь-1</t>
+  </si>
+  <si>
+    <t>Колосов Денис</t>
+  </si>
+  <si>
+    <t>Колосов Павел</t>
+  </si>
+  <si>
+    <t>Беларусь-2</t>
+  </si>
+  <si>
+    <t>Чижов Валерий</t>
+  </si>
+  <si>
+    <t>Кундас Никита</t>
   </si>
   <si>
     <t>Россия-2</t>
   </si>
   <si>
     <t>Молчанов Александр</t>
   </si>
   <si>
     <t>Порукевич Глеб</t>
   </si>
   <si>
     <t>Россия-44</t>
   </si>
   <si>
     <t>Зайченко Юрий</t>
   </si>
   <si>
     <t>Камалетдинов Тимофей</t>
   </si>
   <si>
     <t>Россия-35</t>
   </si>
   <si>
     <t>Ясинецкий Артём</t>
   </si>
   <si>
     <t>Батухтин Иван</t>
   </si>
   <si>
-    <t>Россия-36</t>
-[...41 lines deleted...]
-    <t>Кундас Никита</t>
+    <t>Кыргызстан-2</t>
+  </si>
+  <si>
+    <t>Абсатаров Кайрат</t>
+  </si>
+  <si>
+    <t>Шерматов Кылычбек</t>
+  </si>
+  <si>
+    <t>Россия-3</t>
+  </si>
+  <si>
+    <t>Плотников Павел</t>
+  </si>
+  <si>
+    <t>Вишнёв Александр</t>
+  </si>
+  <si>
+    <t>Россия-25</t>
+  </si>
+  <si>
+    <t>Зеленин Илья</t>
+  </si>
+  <si>
+    <t>Каменев Павел</t>
+  </si>
+  <si>
+    <t>Россия-45</t>
+  </si>
+  <si>
+    <t>Карасов Андрей</t>
+  </si>
+  <si>
+    <t>Рябов Данил</t>
+  </si>
+  <si>
+    <t>Россия-21</t>
+  </si>
+  <si>
+    <t>Кузюк Константин</t>
+  </si>
+  <si>
+    <t>Смольников Артем</t>
+  </si>
+  <si>
+    <t>Россия-14</t>
+  </si>
+  <si>
+    <t>Дмитриев Анатолий</t>
+  </si>
+  <si>
+    <t>Манчак Дмитрий</t>
+  </si>
+  <si>
+    <t>Россия-26</t>
+  </si>
+  <si>
+    <t>Карафа-Корбут Олег</t>
+  </si>
+  <si>
+    <t>Ахтямов Станислав</t>
+  </si>
+  <si>
+    <t>Россия-46</t>
+  </si>
+  <si>
+    <t>Лютов Владимир</t>
+  </si>
+  <si>
+    <t>Салов Александр</t>
+  </si>
+  <si>
+    <t>Россия-42</t>
+  </si>
+  <si>
+    <t>Трегубов Глеб</t>
+  </si>
+  <si>
+    <t>Шурьев Алексей</t>
   </si>
   <si>
     <t>Россия-23</t>
   </si>
   <si>
     <t>Кузнецов Егор</t>
   </si>
   <si>
     <t>Плакида Иван</t>
   </si>
   <si>
     <t>Россия-43</t>
   </si>
   <si>
     <t>Акопуни Артак</t>
   </si>
   <si>
     <t>Данилов Алексей</t>
   </si>
   <si>
     <t>Россия-34</t>
   </si>
   <si>
     <t>Демышев Артём</t>
   </si>
@@ -266,345 +347,264 @@
   <si>
     <t>Муравьёв Александр</t>
   </si>
   <si>
     <t>Кожевников Александр</t>
   </si>
   <si>
     <t>Кыргызстан-1</t>
   </si>
   <si>
     <t>Калыбек уулу Арсен</t>
   </si>
   <si>
     <t>Абдыкаров Мирлан</t>
   </si>
   <si>
     <t>Россия-8</t>
   </si>
   <si>
     <t>Василенко Даниил</t>
   </si>
   <si>
     <t>Миронов Дамир</t>
   </si>
   <si>
-    <t>Россия-3</t>
-[...77 lines deleted...]
-    <t>Шурьев Алексей</t>
+    <t>Россия-20</t>
+  </si>
+  <si>
+    <t>Козичев Александр</t>
+  </si>
+  <si>
+    <t>Пыхтин Дмитрий</t>
+  </si>
+  <si>
+    <t>Россия-17</t>
+  </si>
+  <si>
+    <t>Вотягов Михаил</t>
+  </si>
+  <si>
+    <t>Мацко Роман</t>
+  </si>
+  <si>
+    <t>Россия-30</t>
+  </si>
+  <si>
+    <t>Мельников Кирилл</t>
+  </si>
+  <si>
+    <t>Паршин Никита</t>
+  </si>
+  <si>
+    <t>Россия-4</t>
+  </si>
+  <si>
+    <t>Родионов Владислав</t>
+  </si>
+  <si>
+    <t>Степанян Степан</t>
+  </si>
+  <si>
+    <t>Россия-6</t>
+  </si>
+  <si>
+    <t>Мухин Степан</t>
+  </si>
+  <si>
+    <t>Судьин Андрей</t>
+  </si>
+  <si>
+    <t>Россия-10</t>
+  </si>
+  <si>
+    <t>Месич Владислав</t>
+  </si>
+  <si>
+    <t>Месич Александр</t>
+  </si>
+  <si>
+    <t>Россия-22</t>
+  </si>
+  <si>
+    <t>Иванов Павел</t>
+  </si>
+  <si>
+    <t>Ретунский Артур</t>
+  </si>
+  <si>
+    <t>Россия-5</t>
+  </si>
+  <si>
+    <t>Бахлин Игорь</t>
+  </si>
+  <si>
+    <t>Денисов Денис</t>
+  </si>
+  <si>
+    <t>Россия-27</t>
+  </si>
+  <si>
+    <t>Мельников Павел</t>
+  </si>
+  <si>
+    <t>Магай Михаил</t>
+  </si>
+  <si>
+    <t>Россия-18</t>
+  </si>
+  <si>
+    <t>Яценко Иван</t>
+  </si>
+  <si>
+    <t>Ермаков Кирилл</t>
+  </si>
+  <si>
+    <t>Россия-11</t>
+  </si>
+  <si>
+    <t>Марков Иван</t>
+  </si>
+  <si>
+    <t>Ли Владимир</t>
+  </si>
+  <si>
+    <t>Россия-38</t>
+  </si>
+  <si>
+    <t>Верхоланцев Артур</t>
+  </si>
+  <si>
+    <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Россия-15</t>
   </si>
   <si>
     <t>Завьялов Александр</t>
   </si>
   <si>
     <t>Садовый Евгений</t>
   </si>
   <si>
     <t>Россия-28</t>
   </si>
   <si>
     <t>Ли Максим</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
     <t>Армения-1</t>
   </si>
   <si>
     <t>Хачатрян Левон</t>
   </si>
   <si>
     <t>Григорян Варужан</t>
   </si>
   <si>
     <t>Россия-12</t>
   </si>
   <si>
     <t>Удачин Максим</t>
   </si>
   <si>
     <t>Ткаченко Николай</t>
   </si>
   <si>
-    <t>Россия-20</t>
-[...104 lines deleted...]
-    <t>Быков Дмитрий</t>
+    <t>Россия-32</t>
+  </si>
+  <si>
+    <t>Терехов Александр</t>
+  </si>
+  <si>
+    <t>Оглы Арсен</t>
+  </si>
+  <si>
+    <t>Россия-47</t>
+  </si>
+  <si>
+    <t>Пугачев Артемий</t>
+  </si>
+  <si>
+    <t>Чурдалёв Евгений</t>
   </si>
   <si>
     <t>Россия-7</t>
   </si>
   <si>
     <t>Иванов Ян</t>
   </si>
   <si>
     <t>Архипов Глеб</t>
   </si>
   <si>
     <t>Россия-16</t>
   </si>
   <si>
     <t>Фоминых Алексей</t>
   </si>
   <si>
     <t>Фоминых Сергей</t>
   </si>
   <si>
-    <t>Россия-32</t>
-[...16 lines deleted...]
-  <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
+    <t>ЗМС</t>
+  </si>
+  <si>
     <t>-</t>
   </si>
   <si>
-    <t>ЗМС</t>
-[...1 lines deleted...]
-  <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
+    <t>3р</t>
+  </si>
+  <si>
     <t>3юн</t>
-  </si>
-[...1 lines deleted...]
-    <t>3р</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Беларусь</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
     <t>Армения</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1363,2981 +1363,2981 @@
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="9">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>174</v>
       </c>
       <c r="E25" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="9">
-        <v>1994</v>
+        <v>2005</v>
       </c>
       <c r="D26" s="9" t="s">
         <v>174</v>
       </c>
       <c r="E26" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="9">
-        <v>2000</v>
+        <v>1989</v>
       </c>
       <c r="D29" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E29" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C30" s="9">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E30" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="9">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E33" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="9">
-        <v>2002</v>
+        <v>1998</v>
       </c>
       <c r="D34" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E34" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="9">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="D37" s="9" t="s">
         <v>174</v>
       </c>
       <c r="E37" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C38" s="9">
-        <v>1998</v>
+        <v>1994</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E38" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C41" s="9">
-        <v>2004</v>
+        <v>1991</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E41" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C42" s="9">
-        <v>2005</v>
+        <v>1995</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="E42" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C45" s="9">
         <v>1990</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E45" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C46" s="9">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E46" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>45</v>
       </c>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="9"/>
       <c r="B49" s="12" t="s">
         <v>46</v>
       </c>
       <c r="C49" s="9">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E49" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C50" s="9">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D50" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E50" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="3">
       <c r="A51" s="9"/>
       <c r="B51" s="12"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="12"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>48</v>
       </c>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="9"/>
       <c r="B53" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C53" s="9">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="D53" s="9" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E53" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="9"/>
       <c r="B54" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C54" s="9">
-        <v>1995</v>
+        <v>1990</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E54" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="3">
       <c r="A55" s="9"/>
       <c r="B55" s="12"/>
       <c r="C55" s="9"/>
       <c r="D55" s="9"/>
       <c r="E55" s="12"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>51</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="9"/>
       <c r="B57" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C57" s="9">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>175</v>
       </c>
       <c r="E57" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="9"/>
       <c r="B58" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C58" s="9">
-        <v>1997</v>
+        <v>2006</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>174</v>
       </c>
       <c r="E58" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="3">
       <c r="A59" s="9"/>
       <c r="B59" s="12"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="12"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>54</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="9"/>
       <c r="B61" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C61" s="9">
-        <v>2008</v>
+        <v>2004</v>
       </c>
       <c r="D61" s="9" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="9"/>
       <c r="B62" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C62" s="9">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="3">
       <c r="A63" s="9"/>
       <c r="B63" s="12"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="12"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>57</v>
       </c>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="9"/>
       <c r="B65" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C65" s="9">
-        <v>1997</v>
+        <v>1990</v>
       </c>
       <c r="D65" s="9" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E65" s="12" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C66" s="9">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E66" s="12" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="3">
       <c r="A67" s="9"/>
       <c r="B67" s="12"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="12"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>60</v>
       </c>
       <c r="C68" s="11"/>
       <c r="D68" s="11"/>
       <c r="E68" s="11" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="9"/>
       <c r="B69" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C69" s="9">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="D69" s="9" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E69" s="12" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="9"/>
       <c r="B70" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C70" s="9">
         <v>2006</v>
       </c>
       <c r="D70" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E70" s="12" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F70" s="7"/>
       <c r="G70" s="7"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="3">
       <c r="A71" s="9"/>
       <c r="B71" s="12"/>
       <c r="C71" s="9"/>
       <c r="D71" s="9"/>
       <c r="E71" s="12"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B72" s="11" t="s">
         <v>63</v>
       </c>
       <c r="C72" s="11"/>
       <c r="D72" s="11"/>
       <c r="E72" s="11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="9"/>
       <c r="B73" s="12" t="s">
         <v>64</v>
       </c>
       <c r="C73" s="9">
-        <v>2004</v>
+        <v>1996</v>
       </c>
       <c r="D73" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E73" s="12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F73" s="7"/>
       <c r="G73" s="7"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="9"/>
       <c r="B74" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C74" s="9">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E74" s="12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F74" s="7"/>
       <c r="G74" s="7"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8" customHeight="1" ht="3">
       <c r="A75" s="9"/>
       <c r="B75" s="12"/>
       <c r="C75" s="9"/>
       <c r="D75" s="9"/>
       <c r="E75" s="12"/>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B76" s="11" t="s">
         <v>66</v>
       </c>
       <c r="C76" s="11"/>
       <c r="D76" s="11"/>
       <c r="E76" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="9"/>
       <c r="B77" s="12" t="s">
         <v>67</v>
       </c>
       <c r="C77" s="9">
-        <v>1983</v>
+        <v>1995</v>
       </c>
       <c r="D77" s="9" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E77" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F77" s="7"/>
       <c r="G77" s="7"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="9"/>
       <c r="B78" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C78" s="9">
-        <v>2005</v>
+        <v>1973</v>
       </c>
       <c r="D78" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E78" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F78" s="7"/>
       <c r="G78" s="7"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8" customHeight="1" ht="3">
       <c r="A79" s="9"/>
       <c r="B79" s="12"/>
       <c r="C79" s="9"/>
       <c r="D79" s="9"/>
       <c r="E79" s="12"/>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B80" s="11" t="s">
         <v>69</v>
       </c>
       <c r="C80" s="11"/>
       <c r="D80" s="11"/>
       <c r="E80" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="9"/>
       <c r="B81" s="12" t="s">
         <v>70</v>
       </c>
       <c r="C81" s="9">
-        <v>2009</v>
+        <v>2006</v>
       </c>
       <c r="D81" s="9" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="E81" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F81" s="7"/>
       <c r="G81" s="7"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="9"/>
       <c r="B82" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C82" s="9">
-        <v>2006</v>
+        <v>1990</v>
       </c>
       <c r="D82" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E82" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F82" s="7"/>
       <c r="G82" s="7"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8" customHeight="1" ht="3">
       <c r="A83" s="9"/>
       <c r="B83" s="12"/>
       <c r="C83" s="9"/>
       <c r="D83" s="9"/>
       <c r="E83" s="12"/>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B84" s="11" t="s">
         <v>72</v>
       </c>
       <c r="C84" s="11"/>
       <c r="D84" s="11"/>
       <c r="E84" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="9"/>
       <c r="B85" s="12" t="s">
         <v>73</v>
       </c>
       <c r="C85" s="9">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="D85" s="9" t="s">
         <v>174</v>
       </c>
       <c r="E85" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F85" s="7"/>
       <c r="G85" s="7"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="9"/>
       <c r="B86" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C86" s="9">
-        <v>1985</v>
+        <v>2001</v>
       </c>
       <c r="D86" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E86" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F86" s="7"/>
       <c r="G86" s="7"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8" customHeight="1" ht="3">
       <c r="A87" s="9"/>
       <c r="B87" s="12"/>
       <c r="C87" s="9"/>
       <c r="D87" s="9"/>
       <c r="E87" s="12"/>
       <c r="F87" s="1"/>
       <c r="G87" s="1"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B88" s="11" t="s">
         <v>75</v>
       </c>
       <c r="C88" s="11"/>
       <c r="D88" s="11"/>
       <c r="E88" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="9"/>
       <c r="B89" s="12" t="s">
         <v>76</v>
       </c>
       <c r="C89" s="9">
-        <v>1994</v>
+        <v>2001</v>
       </c>
       <c r="D89" s="9" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E89" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F89" s="7"/>
       <c r="G89" s="7"/>
       <c r="H89" s="1"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="9"/>
       <c r="B90" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C90" s="9">
-        <v>2009</v>
+        <v>2002</v>
       </c>
       <c r="D90" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E90" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F90" s="7"/>
       <c r="G90" s="7"/>
       <c r="H90" s="1"/>
     </row>
     <row r="91" spans="1:8" customHeight="1" ht="3">
       <c r="A91" s="9"/>
       <c r="B91" s="12"/>
       <c r="C91" s="9"/>
       <c r="D91" s="9"/>
       <c r="E91" s="12"/>
       <c r="F91" s="1"/>
       <c r="G91" s="1"/>
       <c r="H91" s="1"/>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B92" s="11" t="s">
         <v>78</v>
       </c>
       <c r="C92" s="11"/>
       <c r="D92" s="11"/>
       <c r="E92" s="11" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="9"/>
       <c r="B93" s="12" t="s">
         <v>79</v>
       </c>
       <c r="C93" s="9">
         <v>1993</v>
       </c>
       <c r="D93" s="9" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="E93" s="12" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F93" s="7"/>
       <c r="G93" s="7"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="9"/>
       <c r="B94" s="12" t="s">
         <v>80</v>
       </c>
       <c r="C94" s="9">
         <v>1996</v>
       </c>
       <c r="D94" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E94" s="12" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F94" s="7"/>
       <c r="G94" s="7"/>
       <c r="H94" s="1"/>
     </row>
     <row r="95" spans="1:8" customHeight="1" ht="3">
       <c r="A95" s="9"/>
       <c r="B95" s="12"/>
       <c r="C95" s="9"/>
       <c r="D95" s="9"/>
       <c r="E95" s="12"/>
       <c r="F95" s="1"/>
       <c r="G95" s="1"/>
       <c r="H95" s="1"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B96" s="11" t="s">
         <v>81</v>
       </c>
       <c r="C96" s="11"/>
       <c r="D96" s="11"/>
       <c r="E96" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="9"/>
       <c r="B97" s="12" t="s">
         <v>82</v>
       </c>
       <c r="C97" s="9">
-        <v>2007</v>
+        <v>1997</v>
       </c>
       <c r="D97" s="9" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E97" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F97" s="7"/>
       <c r="G97" s="7"/>
       <c r="H97" s="1"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="9"/>
       <c r="B98" s="12" t="s">
         <v>83</v>
       </c>
       <c r="C98" s="9">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="D98" s="9" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E98" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F98" s="7"/>
       <c r="G98" s="7"/>
       <c r="H98" s="1"/>
     </row>
     <row r="99" spans="1:8" customHeight="1" ht="3">
       <c r="A99" s="9"/>
       <c r="B99" s="12"/>
       <c r="C99" s="9"/>
       <c r="D99" s="9"/>
       <c r="E99" s="12"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1"/>
       <c r="H99" s="1"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B100" s="11" t="s">
         <v>84</v>
       </c>
       <c r="C100" s="11"/>
       <c r="D100" s="11"/>
       <c r="E100" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="9"/>
       <c r="B101" s="12" t="s">
         <v>85</v>
       </c>
       <c r="C101" s="9">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="D101" s="9" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="E101" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F101" s="7"/>
       <c r="G101" s="7"/>
       <c r="H101" s="1"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="9"/>
       <c r="B102" s="12" t="s">
         <v>86</v>
       </c>
       <c r="C102" s="9">
-        <v>1973</v>
+        <v>1982</v>
       </c>
       <c r="D102" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E102" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F102" s="7"/>
       <c r="G102" s="7"/>
       <c r="H102" s="1"/>
     </row>
     <row r="103" spans="1:8" customHeight="1" ht="3">
       <c r="A103" s="9"/>
       <c r="B103" s="12"/>
       <c r="C103" s="9"/>
       <c r="D103" s="9"/>
       <c r="E103" s="12"/>
       <c r="F103" s="1"/>
       <c r="G103" s="1"/>
       <c r="H103" s="1"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B104" s="11" t="s">
         <v>87</v>
       </c>
       <c r="C104" s="11"/>
       <c r="D104" s="11"/>
       <c r="E104" s="11" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="9"/>
       <c r="B105" s="12" t="s">
         <v>88</v>
       </c>
       <c r="C105" s="9">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="D105" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E105" s="12" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F105" s="7"/>
       <c r="G105" s="7"/>
       <c r="H105" s="1"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="9"/>
       <c r="B106" s="12" t="s">
         <v>89</v>
       </c>
       <c r="C106" s="9">
         <v>1996</v>
       </c>
       <c r="D106" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E106" s="12" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="F106" s="7"/>
       <c r="G106" s="7"/>
       <c r="H106" s="1"/>
     </row>
     <row r="107" spans="1:8" customHeight="1" ht="3">
       <c r="A107" s="9"/>
       <c r="B107" s="12"/>
       <c r="C107" s="9"/>
       <c r="D107" s="9"/>
       <c r="E107" s="12"/>
       <c r="F107" s="1"/>
       <c r="G107" s="1"/>
       <c r="H107" s="1"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B108" s="11" t="s">
         <v>90</v>
       </c>
       <c r="C108" s="11"/>
       <c r="D108" s="11"/>
       <c r="E108" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="9"/>
       <c r="B109" s="12" t="s">
         <v>91</v>
       </c>
       <c r="C109" s="9">
-        <v>2006</v>
+        <v>2004</v>
       </c>
       <c r="D109" s="9" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E109" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F109" s="7"/>
       <c r="G109" s="7"/>
       <c r="H109" s="1"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="9"/>
       <c r="B110" s="12" t="s">
         <v>92</v>
       </c>
       <c r="C110" s="9">
-        <v>1990</v>
+        <v>1999</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E110" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F110" s="7"/>
       <c r="G110" s="7"/>
       <c r="H110" s="1"/>
     </row>
     <row r="111" spans="1:8" customHeight="1" ht="3">
       <c r="A111" s="9"/>
       <c r="B111" s="12"/>
       <c r="C111" s="9"/>
       <c r="D111" s="9"/>
       <c r="E111" s="12"/>
       <c r="F111" s="1"/>
       <c r="G111" s="1"/>
       <c r="H111" s="1"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B112" s="11" t="s">
         <v>93</v>
       </c>
       <c r="C112" s="11"/>
       <c r="D112" s="11"/>
       <c r="E112" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="9"/>
       <c r="B113" s="12" t="s">
         <v>94</v>
       </c>
       <c r="C113" s="9">
-        <v>2003</v>
+        <v>1983</v>
       </c>
       <c r="D113" s="9" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E113" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F113" s="7"/>
       <c r="G113" s="7"/>
       <c r="H113" s="1"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="9"/>
       <c r="B114" s="12" t="s">
         <v>95</v>
       </c>
       <c r="C114" s="9">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="D114" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E114" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F114" s="7"/>
       <c r="G114" s="7"/>
       <c r="H114" s="1"/>
     </row>
     <row r="115" spans="1:8" customHeight="1" ht="3">
       <c r="A115" s="9"/>
       <c r="B115" s="12"/>
       <c r="C115" s="9"/>
       <c r="D115" s="9"/>
       <c r="E115" s="12"/>
       <c r="F115" s="1"/>
       <c r="G115" s="1"/>
       <c r="H115" s="1"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B116" s="11" t="s">
         <v>96</v>
       </c>
       <c r="C116" s="11"/>
       <c r="D116" s="11"/>
       <c r="E116" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="9"/>
       <c r="B117" s="12" t="s">
         <v>97</v>
       </c>
       <c r="C117" s="9">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="D117" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E117" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F117" s="7"/>
       <c r="G117" s="7"/>
       <c r="H117" s="1"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="9"/>
       <c r="B118" s="12" t="s">
         <v>98</v>
       </c>
       <c r="C118" s="9">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="D118" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E118" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F118" s="7"/>
       <c r="G118" s="7"/>
       <c r="H118" s="1"/>
     </row>
     <row r="119" spans="1:8" customHeight="1" ht="3">
       <c r="A119" s="9"/>
       <c r="B119" s="12"/>
       <c r="C119" s="9"/>
       <c r="D119" s="9"/>
       <c r="E119" s="12"/>
       <c r="F119" s="1"/>
       <c r="G119" s="1"/>
       <c r="H119" s="1"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B120" s="11" t="s">
         <v>99</v>
       </c>
       <c r="C120" s="11"/>
       <c r="D120" s="11"/>
       <c r="E120" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="9"/>
       <c r="B121" s="12" t="s">
         <v>100</v>
       </c>
       <c r="C121" s="9">
-        <v>1993</v>
+        <v>1998</v>
       </c>
       <c r="D121" s="9" t="s">
         <v>174</v>
       </c>
       <c r="E121" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F121" s="7"/>
       <c r="G121" s="7"/>
       <c r="H121" s="1"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="9"/>
       <c r="B122" s="12" t="s">
         <v>101</v>
       </c>
       <c r="C122" s="9">
-        <v>1996</v>
+        <v>1985</v>
       </c>
       <c r="D122" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E122" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F122" s="7"/>
       <c r="G122" s="7"/>
       <c r="H122" s="1"/>
     </row>
     <row r="123" spans="1:8" customHeight="1" ht="3">
       <c r="A123" s="9"/>
       <c r="B123" s="12"/>
       <c r="C123" s="9"/>
       <c r="D123" s="9"/>
       <c r="E123" s="12"/>
       <c r="F123" s="1"/>
       <c r="G123" s="1"/>
       <c r="H123" s="1"/>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B124" s="11" t="s">
         <v>102</v>
       </c>
       <c r="C124" s="11"/>
       <c r="D124" s="11"/>
       <c r="E124" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F124" s="1"/>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="9"/>
       <c r="B125" s="12" t="s">
         <v>103</v>
       </c>
       <c r="C125" s="9">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="D125" s="9" t="s">
-        <v>177</v>
+        <v>175</v>
       </c>
       <c r="E125" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F125" s="7"/>
       <c r="G125" s="7"/>
       <c r="H125" s="1"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="9"/>
       <c r="B126" s="12" t="s">
         <v>104</v>
       </c>
       <c r="C126" s="9">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E126" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F126" s="7"/>
       <c r="G126" s="7"/>
       <c r="H126" s="1"/>
     </row>
     <row r="127" spans="1:8" customHeight="1" ht="3">
       <c r="A127" s="9"/>
       <c r="B127" s="12"/>
       <c r="C127" s="9"/>
       <c r="D127" s="9"/>
       <c r="E127" s="12"/>
       <c r="F127" s="1"/>
       <c r="G127" s="1"/>
       <c r="H127" s="1"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B128" s="11" t="s">
         <v>105</v>
       </c>
       <c r="C128" s="11"/>
       <c r="D128" s="11"/>
       <c r="E128" s="11" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="9"/>
       <c r="B129" s="12" t="s">
         <v>106</v>
       </c>
       <c r="C129" s="9">
-        <v>1989</v>
+        <v>1993</v>
       </c>
       <c r="D129" s="9" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E129" s="12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F129" s="7"/>
       <c r="G129" s="7"/>
       <c r="H129" s="1"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="9"/>
       <c r="B130" s="12" t="s">
         <v>107</v>
       </c>
       <c r="C130" s="9">
-        <v>1982</v>
+        <v>1996</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E130" s="12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F130" s="7"/>
       <c r="G130" s="7"/>
       <c r="H130" s="1"/>
     </row>
     <row r="131" spans="1:8" customHeight="1" ht="3">
       <c r="A131" s="9"/>
       <c r="B131" s="12"/>
       <c r="C131" s="9"/>
       <c r="D131" s="9"/>
       <c r="E131" s="12"/>
       <c r="F131" s="1"/>
       <c r="G131" s="1"/>
       <c r="H131" s="1"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B132" s="11" t="s">
         <v>108</v>
       </c>
       <c r="C132" s="11"/>
       <c r="D132" s="11"/>
       <c r="E132" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F132" s="1"/>
       <c r="G132" s="1"/>
       <c r="H132" s="1"/>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="9"/>
       <c r="B133" s="12" t="s">
         <v>109</v>
       </c>
       <c r="C133" s="9">
-        <v>1997</v>
+        <v>2007</v>
       </c>
       <c r="D133" s="9" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E133" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F133" s="7"/>
       <c r="G133" s="7"/>
       <c r="H133" s="1"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="9"/>
       <c r="B134" s="12" t="s">
         <v>110</v>
       </c>
       <c r="C134" s="9">
-        <v>1996</v>
+        <v>2012</v>
       </c>
       <c r="D134" s="9" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E134" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F134" s="7"/>
       <c r="G134" s="7"/>
       <c r="H134" s="1"/>
     </row>
     <row r="135" spans="1:8" customHeight="1" ht="3">
       <c r="A135" s="9"/>
       <c r="B135" s="12"/>
       <c r="C135" s="9"/>
       <c r="D135" s="9"/>
       <c r="E135" s="12"/>
       <c r="F135" s="1"/>
       <c r="G135" s="1"/>
       <c r="H135" s="1"/>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B136" s="11" t="s">
         <v>111</v>
       </c>
       <c r="C136" s="11"/>
       <c r="D136" s="11"/>
       <c r="E136" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F136" s="1"/>
       <c r="G136" s="1"/>
       <c r="H136" s="1"/>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="9"/>
       <c r="B137" s="12" t="s">
         <v>112</v>
       </c>
       <c r="C137" s="9">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="D137" s="9" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="E137" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F137" s="7"/>
       <c r="G137" s="7"/>
       <c r="H137" s="1"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="9"/>
       <c r="B138" s="12" t="s">
         <v>113</v>
       </c>
       <c r="C138" s="9">
         <v>1985</v>
       </c>
       <c r="D138" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E138" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F138" s="7"/>
       <c r="G138" s="7"/>
       <c r="H138" s="1"/>
     </row>
     <row r="139" spans="1:8" customHeight="1" ht="3">
       <c r="A139" s="9"/>
       <c r="B139" s="12"/>
       <c r="C139" s="9"/>
       <c r="D139" s="9"/>
       <c r="E139" s="12"/>
       <c r="F139" s="1"/>
       <c r="G139" s="1"/>
       <c r="H139" s="1"/>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B140" s="11" t="s">
         <v>114</v>
       </c>
       <c r="C140" s="11"/>
       <c r="D140" s="11"/>
       <c r="E140" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="9"/>
       <c r="B141" s="12" t="s">
         <v>115</v>
       </c>
       <c r="C141" s="9">
-        <v>1985</v>
+        <v>2008</v>
       </c>
       <c r="D141" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E141" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F141" s="7"/>
       <c r="G141" s="7"/>
       <c r="H141" s="1"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="9"/>
       <c r="B142" s="12" t="s">
         <v>116</v>
       </c>
       <c r="C142" s="9">
-        <v>1987</v>
+        <v>1983</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E142" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F142" s="7"/>
       <c r="G142" s="7"/>
       <c r="H142" s="1"/>
     </row>
     <row r="143" spans="1:8" customHeight="1" ht="3">
       <c r="A143" s="9"/>
       <c r="B143" s="12"/>
       <c r="C143" s="9"/>
       <c r="D143" s="9"/>
       <c r="E143" s="12"/>
       <c r="F143" s="1"/>
       <c r="G143" s="1"/>
       <c r="H143" s="1"/>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B144" s="11" t="s">
         <v>117</v>
       </c>
       <c r="C144" s="11"/>
       <c r="D144" s="11"/>
       <c r="E144" s="11" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F144" s="1"/>
       <c r="G144" s="1"/>
       <c r="H144" s="1"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="9"/>
       <c r="B145" s="12" t="s">
         <v>118</v>
       </c>
       <c r="C145" s="9">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="D145" s="9" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="E145" s="12" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F145" s="7"/>
       <c r="G145" s="7"/>
       <c r="H145" s="1"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="9"/>
       <c r="B146" s="12" t="s">
         <v>119</v>
       </c>
       <c r="C146" s="9">
-        <v>2003</v>
+        <v>1991</v>
       </c>
       <c r="D146" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E146" s="12" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F146" s="7"/>
       <c r="G146" s="7"/>
       <c r="H146" s="1"/>
     </row>
     <row r="147" spans="1:8" customHeight="1" ht="3">
       <c r="A147" s="9"/>
       <c r="B147" s="12"/>
       <c r="C147" s="9"/>
       <c r="D147" s="9"/>
       <c r="E147" s="12"/>
       <c r="F147" s="1"/>
       <c r="G147" s="1"/>
       <c r="H147" s="1"/>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B148" s="11" t="s">
         <v>120</v>
       </c>
       <c r="C148" s="11"/>
       <c r="D148" s="11"/>
       <c r="E148" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F148" s="1"/>
       <c r="G148" s="1"/>
       <c r="H148" s="1"/>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="9"/>
       <c r="B149" s="12" t="s">
         <v>121</v>
       </c>
       <c r="C149" s="9">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="D149" s="9" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E149" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F149" s="7"/>
       <c r="G149" s="7"/>
       <c r="H149" s="1"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="9"/>
       <c r="B150" s="12" t="s">
         <v>122</v>
       </c>
       <c r="C150" s="9">
-        <v>2012</v>
+        <v>2009</v>
       </c>
       <c r="D150" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E150" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F150" s="7"/>
       <c r="G150" s="7"/>
       <c r="H150" s="1"/>
     </row>
     <row r="151" spans="1:8" customHeight="1" ht="3">
       <c r="A151" s="9"/>
       <c r="B151" s="12"/>
       <c r="C151" s="9"/>
       <c r="D151" s="9"/>
       <c r="E151" s="12"/>
       <c r="F151" s="1"/>
       <c r="G151" s="1"/>
       <c r="H151" s="1"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B152" s="11" t="s">
         <v>123</v>
       </c>
       <c r="C152" s="11"/>
       <c r="D152" s="11"/>
       <c r="E152" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F152" s="1"/>
       <c r="G152" s="1"/>
       <c r="H152" s="1"/>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="9"/>
       <c r="B153" s="12" t="s">
         <v>124</v>
       </c>
       <c r="C153" s="9">
-        <v>1989</v>
+        <v>2009</v>
       </c>
       <c r="D153" s="9" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="E153" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F153" s="7"/>
       <c r="G153" s="7"/>
       <c r="H153" s="1"/>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="9"/>
       <c r="B154" s="12" t="s">
         <v>125</v>
       </c>
       <c r="C154" s="9">
-        <v>1985</v>
+        <v>2009</v>
       </c>
       <c r="D154" s="9" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="E154" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F154" s="7"/>
       <c r="G154" s="7"/>
       <c r="H154" s="1"/>
     </row>
     <row r="155" spans="1:8" customHeight="1" ht="3">
       <c r="A155" s="9"/>
       <c r="B155" s="12"/>
       <c r="C155" s="9"/>
       <c r="D155" s="9"/>
       <c r="E155" s="12"/>
       <c r="F155" s="1"/>
       <c r="G155" s="1"/>
       <c r="H155" s="1"/>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B156" s="11" t="s">
         <v>126</v>
       </c>
       <c r="C156" s="11"/>
       <c r="D156" s="11"/>
       <c r="E156" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F156" s="1"/>
       <c r="G156" s="1"/>
       <c r="H156" s="1"/>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="9"/>
       <c r="B157" s="12" t="s">
         <v>127</v>
       </c>
       <c r="C157" s="9">
-        <v>2008</v>
+        <v>2006</v>
       </c>
       <c r="D157" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E157" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F157" s="7"/>
       <c r="G157" s="7"/>
       <c r="H157" s="1"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="9"/>
       <c r="B158" s="12" t="s">
         <v>128</v>
       </c>
       <c r="C158" s="9">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="D158" s="9" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="E158" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F158" s="7"/>
       <c r="G158" s="7"/>
       <c r="H158" s="1"/>
     </row>
     <row r="159" spans="1:8" customHeight="1" ht="3">
       <c r="A159" s="9"/>
       <c r="B159" s="12"/>
       <c r="C159" s="9"/>
       <c r="D159" s="9"/>
       <c r="E159" s="12"/>
       <c r="F159" s="1"/>
       <c r="G159" s="1"/>
       <c r="H159" s="1"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B160" s="11" t="s">
         <v>129</v>
       </c>
       <c r="C160" s="11"/>
       <c r="D160" s="11"/>
       <c r="E160" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F160" s="1"/>
       <c r="G160" s="1"/>
       <c r="H160" s="1"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="9"/>
       <c r="B161" s="12" t="s">
         <v>130</v>
       </c>
       <c r="C161" s="9">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="D161" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E161" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F161" s="7"/>
       <c r="G161" s="7"/>
       <c r="H161" s="1"/>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="9"/>
       <c r="B162" s="12" t="s">
         <v>131</v>
       </c>
       <c r="C162" s="9">
         <v>1991</v>
       </c>
       <c r="D162" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E162" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F162" s="7"/>
       <c r="G162" s="7"/>
       <c r="H162" s="1"/>
     </row>
     <row r="163" spans="1:8" customHeight="1" ht="3">
       <c r="A163" s="9"/>
       <c r="B163" s="12"/>
       <c r="C163" s="9"/>
       <c r="D163" s="9"/>
       <c r="E163" s="12"/>
       <c r="F163" s="1"/>
       <c r="G163" s="1"/>
       <c r="H163" s="1"/>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B164" s="11" t="s">
         <v>132</v>
       </c>
       <c r="C164" s="11"/>
       <c r="D164" s="11"/>
       <c r="E164" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F164" s="1"/>
       <c r="G164" s="1"/>
       <c r="H164" s="1"/>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="9"/>
       <c r="B165" s="12" t="s">
         <v>133</v>
       </c>
       <c r="C165" s="9">
-        <v>2008</v>
+        <v>2001</v>
       </c>
       <c r="D165" s="9" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="E165" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F165" s="7"/>
       <c r="G165" s="7"/>
       <c r="H165" s="1"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="9"/>
       <c r="B166" s="12" t="s">
         <v>134</v>
       </c>
       <c r="C166" s="9">
-        <v>2009</v>
+        <v>2000</v>
       </c>
       <c r="D166" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E166" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F166" s="7"/>
       <c r="G166" s="7"/>
       <c r="H166" s="1"/>
     </row>
     <row r="167" spans="1:8" customHeight="1" ht="3">
       <c r="A167" s="9"/>
       <c r="B167" s="12"/>
       <c r="C167" s="9"/>
       <c r="D167" s="9"/>
       <c r="E167" s="12"/>
       <c r="F167" s="1"/>
       <c r="G167" s="1"/>
       <c r="H167" s="1"/>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B168" s="11" t="s">
         <v>135</v>
       </c>
       <c r="C168" s="11"/>
       <c r="D168" s="11"/>
       <c r="E168" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F168" s="1"/>
       <c r="G168" s="1"/>
       <c r="H168" s="1"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="9"/>
       <c r="B169" s="12" t="s">
         <v>136</v>
       </c>
       <c r="C169" s="9">
-        <v>2009</v>
+        <v>1989</v>
       </c>
       <c r="D169" s="9" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E169" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F169" s="7"/>
       <c r="G169" s="7"/>
       <c r="H169" s="1"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="9"/>
       <c r="B170" s="12" t="s">
         <v>137</v>
       </c>
       <c r="C170" s="9">
-        <v>2009</v>
+        <v>1987</v>
       </c>
       <c r="D170" s="9" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E170" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F170" s="7"/>
       <c r="G170" s="7"/>
       <c r="H170" s="1"/>
     </row>
     <row r="171" spans="1:8" customHeight="1" ht="3">
       <c r="A171" s="9"/>
       <c r="B171" s="12"/>
       <c r="C171" s="9"/>
       <c r="D171" s="9"/>
       <c r="E171" s="12"/>
       <c r="F171" s="1"/>
       <c r="G171" s="1"/>
       <c r="H171" s="1"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B172" s="11" t="s">
         <v>138</v>
       </c>
       <c r="C172" s="11"/>
       <c r="D172" s="11"/>
       <c r="E172" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F172" s="1"/>
       <c r="G172" s="1"/>
       <c r="H172" s="1"/>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="9"/>
       <c r="B173" s="12" t="s">
         <v>139</v>
       </c>
       <c r="C173" s="9">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="D173" s="9" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E173" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F173" s="7"/>
       <c r="G173" s="7"/>
       <c r="H173" s="1"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="9"/>
       <c r="B174" s="12" t="s">
         <v>140</v>
       </c>
       <c r="C174" s="9">
-        <v>1984</v>
+        <v>2012</v>
       </c>
       <c r="D174" s="9" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="E174" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F174" s="7"/>
       <c r="G174" s="7"/>
       <c r="H174" s="1"/>
     </row>
     <row r="175" spans="1:8" customHeight="1" ht="3">
       <c r="A175" s="9"/>
       <c r="B175" s="12"/>
       <c r="C175" s="9"/>
       <c r="D175" s="9"/>
       <c r="E175" s="12"/>
       <c r="F175" s="1"/>
       <c r="G175" s="1"/>
       <c r="H175" s="1"/>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B176" s="11" t="s">
         <v>141</v>
       </c>
       <c r="C176" s="11"/>
       <c r="D176" s="11"/>
       <c r="E176" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F176" s="1"/>
       <c r="G176" s="1"/>
       <c r="H176" s="1"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="9"/>
       <c r="B177" s="12" t="s">
         <v>142</v>
       </c>
       <c r="C177" s="9">
-        <v>2001</v>
+        <v>1988</v>
       </c>
       <c r="D177" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E177" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F177" s="7"/>
       <c r="G177" s="7"/>
       <c r="H177" s="1"/>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="9"/>
       <c r="B178" s="12" t="s">
         <v>143</v>
       </c>
       <c r="C178" s="9">
-        <v>1991</v>
+        <v>1980</v>
       </c>
       <c r="D178" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E178" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F178" s="7"/>
       <c r="G178" s="7"/>
       <c r="H178" s="1"/>
     </row>
     <row r="179" spans="1:8" customHeight="1" ht="3">
       <c r="A179" s="9"/>
       <c r="B179" s="12"/>
       <c r="C179" s="9"/>
       <c r="D179" s="9"/>
       <c r="E179" s="12"/>
       <c r="F179" s="1"/>
       <c r="G179" s="1"/>
       <c r="H179" s="1"/>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B180" s="11" t="s">
         <v>144</v>
       </c>
       <c r="C180" s="11"/>
       <c r="D180" s="11"/>
       <c r="E180" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F180" s="1"/>
       <c r="G180" s="1"/>
       <c r="H180" s="1"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="9"/>
       <c r="B181" s="12" t="s">
         <v>145</v>
       </c>
       <c r="C181" s="9">
-        <v>2001</v>
+        <v>2009</v>
       </c>
       <c r="D181" s="9" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E181" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F181" s="7"/>
       <c r="G181" s="7"/>
       <c r="H181" s="1"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="9"/>
       <c r="B182" s="12" t="s">
         <v>146</v>
       </c>
       <c r="C182" s="9">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="D182" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E182" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F182" s="7"/>
       <c r="G182" s="7"/>
       <c r="H182" s="1"/>
     </row>
     <row r="183" spans="1:8" customHeight="1" ht="3">
       <c r="A183" s="9"/>
       <c r="B183" s="12"/>
       <c r="C183" s="9"/>
       <c r="D183" s="9"/>
       <c r="E183" s="12"/>
       <c r="F183" s="1"/>
       <c r="G183" s="1"/>
       <c r="H183" s="1"/>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B184" s="11" t="s">
         <v>147</v>
       </c>
       <c r="C184" s="11"/>
       <c r="D184" s="11"/>
       <c r="E184" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F184" s="1"/>
       <c r="G184" s="1"/>
       <c r="H184" s="1"/>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="9"/>
       <c r="B185" s="12" t="s">
         <v>148</v>
       </c>
       <c r="C185" s="9">
-        <v>1989</v>
+        <v>1986</v>
       </c>
       <c r="D185" s="9" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="E185" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F185" s="7"/>
       <c r="G185" s="7"/>
       <c r="H185" s="1"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="9"/>
       <c r="B186" s="12" t="s">
         <v>149</v>
       </c>
       <c r="C186" s="9">
-        <v>1987</v>
+        <v>1985</v>
       </c>
       <c r="D186" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E186" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F186" s="7"/>
       <c r="G186" s="7"/>
       <c r="H186" s="1"/>
     </row>
     <row r="187" spans="1:8" customHeight="1" ht="3">
       <c r="A187" s="9"/>
       <c r="B187" s="12"/>
       <c r="C187" s="9"/>
       <c r="D187" s="9"/>
       <c r="E187" s="12"/>
       <c r="F187" s="1"/>
       <c r="G187" s="1"/>
       <c r="H187" s="1"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B188" s="11" t="s">
         <v>150</v>
       </c>
       <c r="C188" s="11"/>
       <c r="D188" s="11"/>
       <c r="E188" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F188" s="1"/>
       <c r="G188" s="1"/>
       <c r="H188" s="1"/>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="9"/>
       <c r="B189" s="12" t="s">
         <v>151</v>
       </c>
       <c r="C189" s="9">
-        <v>2012</v>
+        <v>1985</v>
       </c>
       <c r="D189" s="9" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="E189" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F189" s="7"/>
       <c r="G189" s="7"/>
       <c r="H189" s="1"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="9"/>
       <c r="B190" s="12" t="s">
         <v>152</v>
       </c>
       <c r="C190" s="9">
-        <v>2012</v>
+        <v>1987</v>
       </c>
       <c r="D190" s="9" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="E190" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F190" s="7"/>
       <c r="G190" s="7"/>
       <c r="H190" s="1"/>
     </row>
     <row r="191" spans="1:8" customHeight="1" ht="3">
       <c r="A191" s="9"/>
       <c r="B191" s="12"/>
       <c r="C191" s="9"/>
       <c r="D191" s="9"/>
       <c r="E191" s="12"/>
       <c r="F191" s="1"/>
       <c r="G191" s="1"/>
       <c r="H191" s="1"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B192" s="11" t="s">
         <v>153</v>
       </c>
       <c r="C192" s="11"/>
       <c r="D192" s="11"/>
       <c r="E192" s="11" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F192" s="1"/>
       <c r="G192" s="1"/>
       <c r="H192" s="1"/>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="9"/>
       <c r="B193" s="12" t="s">
         <v>154</v>
       </c>
       <c r="C193" s="9">
-        <v>1988</v>
+        <v>1995</v>
       </c>
       <c r="D193" s="9" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="E193" s="12" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F193" s="7"/>
       <c r="G193" s="7"/>
       <c r="H193" s="1"/>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="9"/>
       <c r="B194" s="12" t="s">
         <v>155</v>
       </c>
       <c r="C194" s="9">
-        <v>1980</v>
+        <v>2003</v>
       </c>
       <c r="D194" s="9" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E194" s="12" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F194" s="7"/>
       <c r="G194" s="7"/>
       <c r="H194" s="1"/>
     </row>
     <row r="195" spans="1:8" customHeight="1" ht="3">
       <c r="A195" s="9"/>
       <c r="B195" s="12"/>
       <c r="C195" s="9"/>
       <c r="D195" s="9"/>
       <c r="E195" s="12"/>
       <c r="F195" s="1"/>
       <c r="G195" s="1"/>
       <c r="H195" s="1"/>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B196" s="11" t="s">
         <v>156</v>
       </c>
       <c r="C196" s="11"/>
       <c r="D196" s="11"/>
       <c r="E196" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F196" s="1"/>
       <c r="G196" s="1"/>
       <c r="H196" s="1"/>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="9"/>
       <c r="B197" s="12" t="s">
         <v>157</v>
       </c>
       <c r="C197" s="9">
-        <v>2009</v>
+        <v>2007</v>
       </c>
       <c r="D197" s="9" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="E197" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F197" s="7"/>
       <c r="G197" s="7"/>
       <c r="H197" s="1"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="9"/>
       <c r="B198" s="12" t="s">
         <v>158</v>
       </c>
       <c r="C198" s="9">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="D198" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E198" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F198" s="7"/>
       <c r="G198" s="7"/>
       <c r="H198" s="1"/>
     </row>
     <row r="199" spans="1:8" customHeight="1" ht="3">
       <c r="A199" s="9"/>
       <c r="B199" s="12"/>
       <c r="C199" s="9"/>
       <c r="D199" s="9"/>
       <c r="E199" s="12"/>
       <c r="F199" s="1"/>
       <c r="G199" s="1"/>
       <c r="H199" s="1"/>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B200" s="11" t="s">
         <v>159</v>
       </c>
       <c r="C200" s="11"/>
       <c r="D200" s="11"/>
       <c r="E200" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F200" s="1"/>
       <c r="G200" s="1"/>
       <c r="H200" s="1"/>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="9"/>
       <c r="B201" s="12" t="s">
         <v>160</v>
       </c>
       <c r="C201" s="9">
-        <v>2012</v>
+        <v>2000</v>
       </c>
       <c r="D201" s="9" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="E201" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F201" s="7"/>
       <c r="G201" s="7"/>
       <c r="H201" s="1"/>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="9"/>
       <c r="B202" s="12" t="s">
         <v>161</v>
       </c>
-      <c r="C202" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C202" s="9"/>
       <c r="D202" s="9" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="E202" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F202" s="7"/>
       <c r="G202" s="7"/>
       <c r="H202" s="1"/>
     </row>
     <row r="203" spans="1:8" customHeight="1" ht="3">
       <c r="A203" s="9"/>
       <c r="B203" s="12"/>
       <c r="C203" s="9"/>
       <c r="D203" s="9"/>
       <c r="E203" s="12"/>
       <c r="F203" s="1"/>
       <c r="G203" s="1"/>
       <c r="H203" s="1"/>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B204" s="11" t="s">
         <v>162</v>
       </c>
       <c r="C204" s="11"/>
       <c r="D204" s="11"/>
       <c r="E204" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F204" s="1"/>
       <c r="G204" s="1"/>
       <c r="H204" s="1"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="9"/>
       <c r="B205" s="12" t="s">
         <v>163</v>
       </c>
       <c r="C205" s="9">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="D205" s="9" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="E205" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F205" s="7"/>
       <c r="G205" s="7"/>
       <c r="H205" s="1"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="9"/>
       <c r="B206" s="12" t="s">
         <v>164</v>
       </c>
       <c r="C206" s="9">
-        <v>1989</v>
+        <v>2010</v>
       </c>
       <c r="D206" s="9" t="s">
         <v>179</v>
       </c>
       <c r="E206" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F206" s="7"/>
       <c r="G206" s="7"/>
       <c r="H206" s="1"/>
     </row>
     <row r="207" spans="1:8" customHeight="1" ht="3">
       <c r="A207" s="9"/>
       <c r="B207" s="12"/>
       <c r="C207" s="9"/>
       <c r="D207" s="9"/>
       <c r="E207" s="12"/>
       <c r="F207" s="1"/>
       <c r="G207" s="1"/>
       <c r="H207" s="1"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B208" s="11" t="s">
         <v>165</v>
       </c>
       <c r="C208" s="11"/>
       <c r="D208" s="11"/>
       <c r="E208" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F208" s="1"/>
       <c r="G208" s="1"/>
       <c r="H208" s="1"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="9"/>
       <c r="B209" s="12" t="s">
         <v>166</v>
       </c>
       <c r="C209" s="9">
-        <v>2000</v>
+        <v>2012</v>
       </c>
       <c r="D209" s="9" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E209" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F209" s="7"/>
       <c r="G209" s="7"/>
       <c r="H209" s="1"/>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="9"/>
       <c r="B210" s="12" t="s">
         <v>167</v>
       </c>
-      <c r="C210" s="9"/>
+      <c r="C210" s="9">
+        <v>2014</v>
+      </c>
       <c r="D210" s="9" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="E210" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F210" s="7"/>
       <c r="G210" s="7"/>
       <c r="H210" s="1"/>
     </row>
     <row r="211" spans="1:8" customHeight="1" ht="3">
       <c r="A211" s="9"/>
       <c r="B211" s="12"/>
       <c r="C211" s="9"/>
       <c r="D211" s="9"/>
       <c r="E211" s="12"/>
       <c r="F211" s="1"/>
       <c r="G211" s="1"/>
       <c r="H211" s="1"/>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B212" s="11" t="s">
         <v>168</v>
       </c>
       <c r="C212" s="11"/>
       <c r="D212" s="11"/>
       <c r="E212" s="11" t="s">
         <v>185</v>
       </c>
       <c r="F212" s="1"/>
       <c r="G212" s="1"/>
       <c r="H212" s="1"/>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="9"/>
       <c r="B213" s="12" t="s">
         <v>169</v>
       </c>
       <c r="C213" s="9">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="D213" s="9" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="E213" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F213" s="7"/>
       <c r="G213" s="7"/>
       <c r="H213" s="1"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="9"/>
       <c r="B214" s="12" t="s">
         <v>170</v>
       </c>
       <c r="C214" s="9">
-        <v>2010</v>
+        <v>1989</v>
       </c>
       <c r="D214" s="9" t="s">
         <v>179</v>
       </c>
       <c r="E214" s="12" t="s">
         <v>185</v>
       </c>
       <c r="F214" s="7"/>
       <c r="G214" s="7"/>
       <c r="H214" s="1"/>
     </row>
     <row r="215" spans="1:8" customHeight="1" ht="3">
       <c r="A215" s="9"/>
       <c r="B215" s="12"/>
       <c r="C215" s="9"/>
       <c r="D215" s="9"/>
       <c r="E215" s="12"/>
       <c r="F215" s="1"/>
       <c r="G215" s="1"/>
       <c r="H215" s="1"/>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="13"/>
       <c r="B216" s="8"/>
       <c r="C216" s="8"/>