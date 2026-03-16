--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -12,599 +12,602 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="189">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>Международная Конфедерация Пирамиды</t>
   </si>
   <si>
     <t>Кубок мира, Кубок Губернатора Владимирской области "Классик", мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>22.09.2025, "Суздаль Арена", Россия, Владимирская область, Суздаль, ул. Коровники,  45</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 32</t>
   </si>
   <si>
     <t>33 - 48</t>
   </si>
   <si>
     <t>49 - 52</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Россия-41</t>
   </si>
   <si>
+    <t>Еркулев Олег</t>
+  </si>
+  <si>
     <t>Виноградов Антон</t>
   </si>
   <si>
-    <t>Еркулев Олег</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-13</t>
   </si>
   <si>
+    <t>Замалеев Эйнар</t>
+  </si>
+  <si>
     <t>Горыславец Сергей</t>
   </si>
   <si>
-    <t>Замалеев Эйнар</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-29</t>
   </si>
   <si>
     <t>Саетгалеев Артем</t>
   </si>
   <si>
     <t>Белоглазов Вадим</t>
   </si>
   <si>
     <t>Россия-33</t>
   </si>
   <si>
+    <t>Старухин Юрий</t>
+  </si>
+  <si>
     <t>Шкода Дмитрий</t>
   </si>
   <si>
-    <t>Старухин Юрий</t>
+    <t>Россия-24</t>
+  </si>
+  <si>
+    <t>Ясинецкий Сергей</t>
+  </si>
+  <si>
+    <t>Стороженко Дмитрий</t>
   </si>
   <si>
     <t>Россия-40</t>
   </si>
   <si>
     <t>Балов Артем</t>
   </si>
   <si>
     <t>Ирышков Артём</t>
   </si>
   <si>
     <t>Россия-9</t>
   </si>
   <si>
+    <t>Румянцев Илья</t>
+  </si>
+  <si>
     <t>Черноусенко Андрей</t>
   </si>
   <si>
-    <t>Румянцев Илья</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-1</t>
   </si>
   <si>
     <t>Гранкин Кирилл</t>
   </si>
   <si>
     <t>Ананьин Сергей</t>
   </si>
   <si>
-    <t>Россия-24</t>
-[...5 lines deleted...]
-    <t>Стороженко Дмитрий</t>
+    <t>Россия-2</t>
+  </si>
+  <si>
+    <t>Молчанов Александр</t>
+  </si>
+  <si>
+    <t>Порукевич Глеб</t>
+  </si>
+  <si>
+    <t>Россия-44</t>
+  </si>
+  <si>
+    <t>Камалетдинов Тимофей</t>
+  </si>
+  <si>
+    <t>Зайченко Юрий</t>
+  </si>
+  <si>
+    <t>Камалетдинов Кирилл</t>
+  </si>
+  <si>
+    <t>Россия-35</t>
+  </si>
+  <si>
+    <t>Батухтин Иван</t>
+  </si>
+  <si>
+    <t>Ясинецкий Артём</t>
   </si>
   <si>
     <t>Россия-36</t>
   </si>
   <si>
+    <t>Корень Алексей</t>
+  </si>
+  <si>
     <t>Осьминин Владислав</t>
   </si>
   <si>
-    <t>Корень Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-37</t>
   </si>
   <si>
+    <t>Кочкин Максим</t>
+  </si>
+  <si>
     <t>Локтев Виктор</t>
   </si>
   <si>
-    <t>Кочкин Максим</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-31</t>
   </si>
   <si>
+    <t>Попов Матвей</t>
+  </si>
+  <si>
     <t>Вахонин Вячеслав</t>
   </si>
   <si>
-    <t>Попов Матвей</t>
-[...1 lines deleted...]
-  <si>
     <t>Беларусь-1</t>
   </si>
   <si>
     <t>Колосов Денис</t>
   </si>
   <si>
     <t>Колосов Павел</t>
   </si>
   <si>
     <t>Беларусь-2</t>
   </si>
   <si>
+    <t>Кундас Никита</t>
+  </si>
+  <si>
     <t>Чижов Валерий</t>
   </si>
   <si>
-    <t>Кундас Никита</t>
-[...26 lines deleted...]
-    <t>Батухтин Иван</t>
+    <t>Россия-19</t>
+  </si>
+  <si>
+    <t>Лобов Никита</t>
+  </si>
+  <si>
+    <t>Яценко Евгений</t>
+  </si>
+  <si>
+    <t>Россия-39</t>
+  </si>
+  <si>
+    <t>Муравьёв Александр</t>
+  </si>
+  <si>
+    <t>Кожевников Александр</t>
+  </si>
+  <si>
+    <t>Кыргызстан-1</t>
+  </si>
+  <si>
+    <t>Калыбек уулу Арсен</t>
+  </si>
+  <si>
+    <t>Абдыкаров Мирлан</t>
+  </si>
+  <si>
+    <t>Россия-8</t>
+  </si>
+  <si>
+    <t>Василенко Даниил</t>
+  </si>
+  <si>
+    <t>Миронов Дамир</t>
+  </si>
+  <si>
+    <t>Россия-3</t>
+  </si>
+  <si>
+    <t>Вишнёв Александр</t>
+  </si>
+  <si>
+    <t>Плотников Павел</t>
   </si>
   <si>
     <t>Кыргызстан-2</t>
   </si>
   <si>
+    <t>Шерматов Кылычбек</t>
+  </si>
+  <si>
     <t>Абсатаров Кайрат</t>
   </si>
   <si>
-    <t>Шерматов Кылычбек</t>
-[...10 lines deleted...]
-  <si>
     <t>Россия-25</t>
   </si>
   <si>
+    <t>Каменев Павел</t>
+  </si>
+  <si>
     <t>Зеленин Илья</t>
   </si>
   <si>
-    <t>Каменев Павел</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-45</t>
   </si>
   <si>
     <t>Карасов Андрей</t>
   </si>
   <si>
     <t>Рябов Данил</t>
   </si>
   <si>
     <t>Россия-21</t>
   </si>
   <si>
     <t>Кузюк Константин</t>
   </si>
   <si>
     <t>Смольников Артем</t>
   </si>
   <si>
     <t>Россия-14</t>
   </si>
   <si>
+    <t>Манчак Дмитрий</t>
+  </si>
+  <si>
     <t>Дмитриев Анатолий</t>
   </si>
   <si>
-    <t>Манчак Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-26</t>
   </si>
   <si>
+    <t>Ахтямов Станислав</t>
+  </si>
+  <si>
     <t>Карафа-Корбут Олег</t>
   </si>
   <si>
-    <t>Ахтямов Станислав</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-46</t>
   </si>
   <si>
+    <t>Салов Александр</t>
+  </si>
+  <si>
     <t>Лютов Владимир</t>
   </si>
   <si>
-    <t>Салов Александр</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-42</t>
   </si>
   <si>
+    <t>Шурьев Алексей</t>
+  </si>
+  <si>
     <t>Трегубов Глеб</t>
   </si>
   <si>
-    <t>Шурьев Алексей</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-23</t>
   </si>
   <si>
+    <t>Плакида Иван</t>
+  </si>
+  <si>
     <t>Кузнецов Егор</t>
   </si>
   <si>
-    <t>Плакида Иван</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-43</t>
   </si>
   <si>
     <t>Акопуни Артак</t>
   </si>
   <si>
     <t>Данилов Алексей</t>
   </si>
   <si>
     <t>Россия-34</t>
   </si>
   <si>
+    <t>Ткачев Евгений</t>
+  </si>
+  <si>
     <t>Демышев Артём</t>
   </si>
   <si>
-    <t>Ткачев Евгений</t>
-[...35 lines deleted...]
-    <t>Миронов Дамир</t>
+    <t>Армения-1</t>
+  </si>
+  <si>
+    <t>Хачатрян Левон</t>
+  </si>
+  <si>
+    <t>Григорян Варужан</t>
+  </si>
+  <si>
+    <t>Россия-12</t>
+  </si>
+  <si>
+    <t>Удачин Максим</t>
+  </si>
+  <si>
+    <t>Ткаченко Николай</t>
   </si>
   <si>
     <t>Россия-20</t>
   </si>
   <si>
+    <t>Пыхтин Дмитрий</t>
+  </si>
+  <si>
     <t>Козичев Александр</t>
   </si>
   <si>
-    <t>Пыхтин Дмитрий</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-17</t>
   </si>
   <si>
     <t>Вотягов Михаил</t>
   </si>
   <si>
+    <t>Мухин Степан</t>
+  </si>
+  <si>
     <t>Мацко Роман</t>
   </si>
   <si>
     <t>Россия-30</t>
   </si>
   <si>
     <t>Мельников Кирилл</t>
   </si>
   <si>
     <t>Паршин Никита</t>
   </si>
   <si>
     <t>Россия-4</t>
   </si>
   <si>
     <t>Родионов Владислав</t>
   </si>
   <si>
     <t>Степанян Степан</t>
   </si>
   <si>
     <t>Россия-6</t>
   </si>
   <si>
-    <t>Мухин Степан</t>
-[...1 lines deleted...]
-  <si>
     <t>Судьин Андрей</t>
   </si>
   <si>
     <t>Россия-10</t>
   </si>
   <si>
     <t>Месич Владислав</t>
   </si>
   <si>
     <t>Месич Александр</t>
   </si>
   <si>
     <t>Россия-22</t>
   </si>
   <si>
     <t>Иванов Павел</t>
   </si>
   <si>
     <t>Ретунский Артур</t>
   </si>
   <si>
     <t>Россия-5</t>
   </si>
   <si>
     <t>Бахлин Игорь</t>
   </si>
   <si>
     <t>Денисов Денис</t>
   </si>
   <si>
     <t>Россия-27</t>
   </si>
   <si>
+    <t>Магай Михаил</t>
+  </si>
+  <si>
     <t>Мельников Павел</t>
   </si>
   <si>
-    <t>Магай Михаил</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-18</t>
   </si>
   <si>
     <t>Яценко Иван</t>
   </si>
   <si>
     <t>Ермаков Кирилл</t>
   </si>
   <si>
     <t>Россия-11</t>
   </si>
   <si>
+    <t>Ли Владимир</t>
+  </si>
+  <si>
     <t>Марков Иван</t>
   </si>
   <si>
-    <t>Ли Владимир</t>
-[...1 lines deleted...]
-  <si>
     <t>Россия-38</t>
   </si>
   <si>
     <t>Верхоланцев Артур</t>
   </si>
   <si>
     <t>Быков Дмитрий</t>
   </si>
   <si>
     <t>Россия-15</t>
   </si>
   <si>
     <t>Завьялов Александр</t>
   </si>
   <si>
     <t>Садовый Евгений</t>
   </si>
   <si>
     <t>Россия-28</t>
   </si>
   <si>
     <t>Ли Максим</t>
   </si>
   <si>
     <t>Попов Александр</t>
   </si>
   <si>
-    <t>Армения-1</t>
-[...14 lines deleted...]
-    <t>Ткаченко Николай</t>
+    <t>Россия-16</t>
+  </si>
+  <si>
+    <t>Фоминых Алексей</t>
+  </si>
+  <si>
+    <t>Фоминых Сергей</t>
   </si>
   <si>
     <t>Россия-32</t>
   </si>
   <si>
     <t>Терехов Александр</t>
   </si>
   <si>
     <t>Оглы Арсен</t>
   </si>
   <si>
     <t>Россия-47</t>
   </si>
   <si>
     <t>Пугачев Артемий</t>
   </si>
   <si>
     <t>Чурдалёв Евгений</t>
   </si>
   <si>
     <t>Россия-7</t>
   </si>
   <si>
+    <t>Архипов Глеб</t>
+  </si>
+  <si>
     <t>Иванов Ян</t>
   </si>
   <si>
-    <t>Архипов Глеб</t>
-[...10 lines deleted...]
-  <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
+    <t>МСМК</t>
+  </si>
+  <si>
     <t>МС</t>
   </si>
   <si>
-    <t>МСМК</t>
-[...1 lines deleted...]
-  <si>
     <t>КМС</t>
   </si>
   <si>
+    <t>-</t>
+  </si>
+  <si>
     <t>ЗМС</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
+    <t>3юн</t>
+  </si>
+  <si>
     <t>3р</t>
-  </si>
-[...1 lines deleted...]
-    <t>3юн</t>
   </si>
   <si>
     <t>1юн</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Беларусь</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
     <t>Армения</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1036,3443 +1039,3459 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bill4you.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H1000"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A216" sqref="A216:A224"/>
+      <selection activeCell="A218" sqref="A218:A226"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="true" style="0"/>
     <col min="2" max="2" width="24" customWidth="true" style="0"/>
     <col min="3" max="3" width="6" customWidth="true" style="0"/>
     <col min="4" max="4" width="10" customWidth="true" style="0"/>
     <col min="5" max="5" width="24" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="30">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:8" customHeight="1" ht="35">
       <c r="A2" s="3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:8" customHeight="1" ht="20">
       <c r="A3" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="35">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="9" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D7" s="9" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E7" s="9" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="10">
         <v>1</v>
       </c>
       <c r="B8" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="9"/>
       <c r="B9" s="12" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="9">
-        <v>2004</v>
+        <v>1988</v>
       </c>
       <c r="D9" s="9" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E9" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="7"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="9"/>
       <c r="B10" s="12" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="9">
-        <v>1988</v>
+        <v>2004</v>
       </c>
       <c r="D10" s="9" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E10" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="7"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8" customHeight="1" ht="3">
       <c r="A11" s="9"/>
       <c r="B11" s="12"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="12"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="10">
         <v>2</v>
       </c>
       <c r="B12" s="11" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="11"/>
       <c r="D12" s="11"/>
       <c r="E12" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="9"/>
       <c r="B13" s="12" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="9">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="D13" s="9" t="s">
         <v>175</v>
       </c>
       <c r="E13" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="9"/>
       <c r="B14" s="12" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="9">
-        <v>1991</v>
+        <v>1993</v>
       </c>
       <c r="D14" s="9" t="s">
         <v>175</v>
       </c>
       <c r="E14" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="7"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8" customHeight="1" ht="3">
       <c r="A15" s="9"/>
       <c r="B15" s="12"/>
       <c r="C15" s="9"/>
       <c r="D15" s="9"/>
       <c r="E15" s="12"/>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="9">
         <v>1998</v>
       </c>
       <c r="D17" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E17" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C18" s="9">
         <v>1991</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E18" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>24</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="9">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="D21" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E21" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>26</v>
       </c>
       <c r="C22" s="9">
-        <v>2004</v>
+        <v>1991</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E22" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>28</v>
       </c>
       <c r="C25" s="9">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="D25" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>29</v>
       </c>
       <c r="C26" s="9">
-        <v>2005</v>
+        <v>1994</v>
       </c>
       <c r="D26" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="9">
-        <v>1989</v>
+        <v>2000</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C30" s="9">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="9"/>
       <c r="B33" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="9">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E33" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="9"/>
       <c r="B34" s="12" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="9">
-        <v>1998</v>
+        <v>1989</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E34" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="7"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8" customHeight="1" ht="3">
       <c r="A35" s="9"/>
       <c r="B35" s="12"/>
       <c r="C35" s="9"/>
       <c r="D35" s="9"/>
       <c r="E35" s="12"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B36" s="11" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="11"/>
       <c r="D36" s="11"/>
       <c r="E36" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="9"/>
       <c r="B37" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="9">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="D37" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E37" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="7"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="9"/>
       <c r="B38" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C38" s="9">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="D38" s="9" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E38" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C41" s="9">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="E41" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>41</v>
       </c>
       <c r="C42" s="9">
-        <v>1995</v>
+        <v>2005</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>42</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>43</v>
       </c>
       <c r="C45" s="9">
-        <v>1990</v>
+        <v>2010</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>44</v>
       </c>
       <c r="C46" s="9">
-        <v>1997</v>
+        <v>1990</v>
       </c>
       <c r="D46" s="9" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
-    <row r="47" spans="1:8" customHeight="1" ht="3">
+    <row r="47" spans="1:8">
       <c r="A47" s="9"/>
-      <c r="B47" s="12"/>
-[...4 lines deleted...]
-      <c r="G47" s="1"/>
+      <c r="B47" s="12" t="s">
+        <v>45</v>
+      </c>
+      <c r="C47" s="9">
+        <v>1981</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E47" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F47" s="7"/>
+      <c r="G47" s="7"/>
       <c r="H47" s="1"/>
     </row>
-    <row r="48" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="48" spans="1:8" customHeight="1" ht="3">
+      <c r="A48" s="9"/>
+      <c r="B48" s="12"/>
+      <c r="C48" s="9"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="12"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
-      <c r="A49" s="9"/>
-      <c r="B49" s="12" t="s">
+      <c r="A49" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B49" s="11" t="s">
         <v>46</v>
       </c>
-      <c r="C49" s="9">
-[...9 lines deleted...]
-      <c r="G49" s="7"/>
+      <c r="C49" s="11"/>
+      <c r="D49" s="11"/>
+      <c r="E49" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F49" s="1"/>
+      <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>47</v>
       </c>
       <c r="C50" s="9">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="D50" s="9" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="E50" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
-    <row r="51" spans="1:8" customHeight="1" ht="3">
+    <row r="51" spans="1:8">
       <c r="A51" s="9"/>
-      <c r="B51" s="12"/>
-[...4 lines deleted...]
-      <c r="G51" s="1"/>
+      <c r="B51" s="12" t="s">
+        <v>48</v>
+      </c>
+      <c r="C51" s="9">
+        <v>2005</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E51" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F51" s="7"/>
+      <c r="G51" s="7"/>
       <c r="H51" s="1"/>
     </row>
-    <row r="52" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="52" spans="1:8" customHeight="1" ht="3">
+      <c r="A52" s="9"/>
+      <c r="B52" s="12"/>
+      <c r="C52" s="9"/>
+      <c r="D52" s="9"/>
+      <c r="E52" s="12"/>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
-      <c r="A53" s="9"/>
-      <c r="B53" s="12" t="s">
+      <c r="A53" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B53" s="11" t="s">
         <v>49</v>
       </c>
-      <c r="C53" s="9">
-[...9 lines deleted...]
-      <c r="G53" s="7"/>
+      <c r="C53" s="11"/>
+      <c r="D53" s="11"/>
+      <c r="E53" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F53" s="1"/>
+      <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="9"/>
       <c r="B54" s="12" t="s">
         <v>50</v>
       </c>
       <c r="C54" s="9">
-        <v>1990</v>
+        <v>1995</v>
       </c>
       <c r="D54" s="9" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>186</v>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
-    <row r="55" spans="1:8" customHeight="1" ht="3">
+    <row r="55" spans="1:8">
       <c r="A55" s="9"/>
-      <c r="B55" s="12"/>
-[...4 lines deleted...]
-      <c r="G55" s="1"/>
+      <c r="B55" s="12" t="s">
+        <v>51</v>
+      </c>
+      <c r="C55" s="9">
+        <v>1991</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="E55" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F55" s="7"/>
+      <c r="G55" s="7"/>
       <c r="H55" s="1"/>
     </row>
-    <row r="56" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="56" spans="1:8" customHeight="1" ht="3">
+      <c r="A56" s="9"/>
+      <c r="B56" s="12"/>
+      <c r="C56" s="9"/>
+      <c r="D56" s="9"/>
+      <c r="E56" s="12"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
-      <c r="A57" s="9"/>
-      <c r="B57" s="12" t="s">
+      <c r="A57" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B57" s="11" t="s">
         <v>52</v>
       </c>
-      <c r="C57" s="9">
-[...9 lines deleted...]
-      <c r="G57" s="7"/>
+      <c r="C57" s="11"/>
+      <c r="D57" s="11"/>
+      <c r="E57" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F57" s="1"/>
+      <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="9"/>
       <c r="B58" s="12" t="s">
         <v>53</v>
       </c>
       <c r="C58" s="9">
-        <v>2006</v>
+        <v>1997</v>
       </c>
       <c r="D58" s="9" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>186</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>
-    <row r="59" spans="1:8" customHeight="1" ht="3">
+    <row r="59" spans="1:8">
       <c r="A59" s="9"/>
-      <c r="B59" s="12"/>
-[...4 lines deleted...]
-      <c r="G59" s="1"/>
+      <c r="B59" s="12" t="s">
+        <v>54</v>
+      </c>
+      <c r="C59" s="9">
+        <v>1990</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E59" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F59" s="7"/>
+      <c r="G59" s="7"/>
       <c r="H59" s="1"/>
     </row>
-    <row r="60" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="60" spans="1:8" customHeight="1" ht="3">
+      <c r="A60" s="9"/>
+      <c r="B60" s="12"/>
+      <c r="C60" s="9"/>
+      <c r="D60" s="9"/>
+      <c r="E60" s="12"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
-      <c r="A61" s="9"/>
-      <c r="B61" s="12" t="s">
+      <c r="A61" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B61" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="C61" s="9">
-[...9 lines deleted...]
-      <c r="G61" s="7"/>
+      <c r="C61" s="11"/>
+      <c r="D61" s="11"/>
+      <c r="E61" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F61" s="1"/>
+      <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="9"/>
       <c r="B62" s="12" t="s">
         <v>56</v>
       </c>
       <c r="C62" s="9">
-        <v>2005</v>
+        <v>2007</v>
       </c>
       <c r="D62" s="9" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E62" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
-    <row r="63" spans="1:8" customHeight="1" ht="3">
+    <row r="63" spans="1:8">
       <c r="A63" s="9"/>
-      <c r="B63" s="12"/>
-[...4 lines deleted...]
-      <c r="G63" s="1"/>
+      <c r="B63" s="12" t="s">
+        <v>57</v>
+      </c>
+      <c r="C63" s="9">
+        <v>2008</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E63" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F63" s="7"/>
+      <c r="G63" s="7"/>
       <c r="H63" s="1"/>
     </row>
-    <row r="64" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="64" spans="1:8" customHeight="1" ht="3">
+      <c r="A64" s="9"/>
+      <c r="B64" s="12"/>
+      <c r="C64" s="9"/>
+      <c r="D64" s="9"/>
+      <c r="E64" s="12"/>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
-      <c r="A65" s="9"/>
-      <c r="B65" s="12" t="s">
+      <c r="A65" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B65" s="11" t="s">
         <v>58</v>
       </c>
-      <c r="C65" s="9">
-[...9 lines deleted...]
-      <c r="G65" s="7"/>
+      <c r="C65" s="11"/>
+      <c r="D65" s="11"/>
+      <c r="E65" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="F65" s="1"/>
+      <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>59</v>
       </c>
       <c r="C66" s="9">
-        <v>2010</v>
+        <v>1997</v>
       </c>
       <c r="D66" s="9" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="E66" s="12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
-    <row r="67" spans="1:8" customHeight="1" ht="3">
+    <row r="67" spans="1:8">
       <c r="A67" s="9"/>
-      <c r="B67" s="12"/>
-[...4 lines deleted...]
-      <c r="G67" s="1"/>
+      <c r="B67" s="12" t="s">
+        <v>60</v>
+      </c>
+      <c r="C67" s="9">
+        <v>1990</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E67" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="F67" s="7"/>
+      <c r="G67" s="7"/>
       <c r="H67" s="1"/>
     </row>
-    <row r="68" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="68" spans="1:8" customHeight="1" ht="3">
+      <c r="A68" s="9"/>
+      <c r="B68" s="12"/>
+      <c r="C68" s="9"/>
+      <c r="D68" s="9"/>
+      <c r="E68" s="12"/>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
-      <c r="A69" s="9"/>
-      <c r="B69" s="12" t="s">
+      <c r="A69" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B69" s="11" t="s">
         <v>61</v>
       </c>
-      <c r="C69" s="9">
-[...9 lines deleted...]
-      <c r="G69" s="7"/>
+      <c r="C69" s="11"/>
+      <c r="D69" s="11"/>
+      <c r="E69" s="11" t="s">
+        <v>187</v>
+      </c>
+      <c r="F69" s="1"/>
+      <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="9"/>
       <c r="B70" s="12" t="s">
         <v>62</v>
       </c>
       <c r="C70" s="9">
         <v>2006</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>176</v>
       </c>
       <c r="E70" s="12" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="F70" s="7"/>
       <c r="G70" s="7"/>
       <c r="H70" s="1"/>
     </row>
-    <row r="71" spans="1:8" customHeight="1" ht="3">
+    <row r="71" spans="1:8">
       <c r="A71" s="9"/>
-      <c r="B71" s="12"/>
-[...4 lines deleted...]
-      <c r="G71" s="1"/>
+      <c r="B71" s="12" t="s">
+        <v>63</v>
+      </c>
+      <c r="C71" s="9">
+        <v>1995</v>
+      </c>
+      <c r="D71" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E71" s="12" t="s">
+        <v>187</v>
+      </c>
+      <c r="F71" s="7"/>
+      <c r="G71" s="7"/>
       <c r="H71" s="1"/>
     </row>
-    <row r="72" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="72" spans="1:8" customHeight="1" ht="3">
+      <c r="A72" s="9"/>
+      <c r="B72" s="12"/>
+      <c r="C72" s="9"/>
+      <c r="D72" s="9"/>
+      <c r="E72" s="12"/>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
-      <c r="A73" s="9"/>
-      <c r="B73" s="12" t="s">
+      <c r="A73" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B73" s="11" t="s">
         <v>64</v>
       </c>
-      <c r="C73" s="9">
-[...9 lines deleted...]
-      <c r="G73" s="7"/>
+      <c r="C73" s="11"/>
+      <c r="D73" s="11"/>
+      <c r="E73" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F73" s="1"/>
+      <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="9"/>
       <c r="B74" s="12" t="s">
         <v>65</v>
       </c>
       <c r="C74" s="9">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="D74" s="9" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E74" s="12" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="F74" s="7"/>
       <c r="G74" s="7"/>
       <c r="H74" s="1"/>
     </row>
-    <row r="75" spans="1:8" customHeight="1" ht="3">
+    <row r="75" spans="1:8">
       <c r="A75" s="9"/>
-      <c r="B75" s="12"/>
-[...4 lines deleted...]
-      <c r="G75" s="1"/>
+      <c r="B75" s="12" t="s">
+        <v>66</v>
+      </c>
+      <c r="C75" s="9">
+        <v>1985</v>
+      </c>
+      <c r="D75" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E75" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F75" s="7"/>
+      <c r="G75" s="7"/>
       <c r="H75" s="1"/>
     </row>
-    <row r="76" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="76" spans="1:8" customHeight="1" ht="3">
+      <c r="A76" s="9"/>
+      <c r="B76" s="12"/>
+      <c r="C76" s="9"/>
+      <c r="D76" s="9"/>
+      <c r="E76" s="12"/>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
-      <c r="A77" s="9"/>
-      <c r="B77" s="12" t="s">
+      <c r="A77" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B77" s="11" t="s">
         <v>67</v>
       </c>
-      <c r="C77" s="9">
-[...9 lines deleted...]
-      <c r="G77" s="7"/>
+      <c r="C77" s="11"/>
+      <c r="D77" s="11"/>
+      <c r="E77" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F77" s="1"/>
+      <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="9"/>
       <c r="B78" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C78" s="9">
-        <v>1973</v>
+        <v>1994</v>
       </c>
       <c r="D78" s="9" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="E78" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F78" s="7"/>
       <c r="G78" s="7"/>
       <c r="H78" s="1"/>
     </row>
-    <row r="79" spans="1:8" customHeight="1" ht="3">
+    <row r="79" spans="1:8">
       <c r="A79" s="9"/>
-      <c r="B79" s="12"/>
-[...4 lines deleted...]
-      <c r="G79" s="1"/>
+      <c r="B79" s="12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C79" s="9">
+        <v>2009</v>
+      </c>
+      <c r="D79" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E79" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F79" s="7"/>
+      <c r="G79" s="7"/>
       <c r="H79" s="1"/>
     </row>
-    <row r="80" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="80" spans="1:8" customHeight="1" ht="3">
+      <c r="A80" s="9"/>
+      <c r="B80" s="12"/>
+      <c r="C80" s="9"/>
+      <c r="D80" s="9"/>
+      <c r="E80" s="12"/>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
-      <c r="A81" s="9"/>
-      <c r="B81" s="12" t="s">
+      <c r="A81" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B81" s="11" t="s">
         <v>70</v>
       </c>
-      <c r="C81" s="9">
-[...9 lines deleted...]
-      <c r="G81" s="7"/>
+      <c r="C81" s="11"/>
+      <c r="D81" s="11"/>
+      <c r="E81" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="F81" s="1"/>
+      <c r="G81" s="1"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="9"/>
       <c r="B82" s="12" t="s">
         <v>71</v>
       </c>
       <c r="C82" s="9">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="D82" s="9" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E82" s="12" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F82" s="7"/>
       <c r="G82" s="7"/>
       <c r="H82" s="1"/>
     </row>
-    <row r="83" spans="1:8" customHeight="1" ht="3">
+    <row r="83" spans="1:8">
       <c r="A83" s="9"/>
-      <c r="B83" s="12"/>
-[...4 lines deleted...]
-      <c r="G83" s="1"/>
+      <c r="B83" s="12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C83" s="9">
+        <v>1996</v>
+      </c>
+      <c r="D83" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E83" s="12" t="s">
+        <v>188</v>
+      </c>
+      <c r="F83" s="7"/>
+      <c r="G83" s="7"/>
       <c r="H83" s="1"/>
     </row>
-    <row r="84" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="84" spans="1:8" customHeight="1" ht="3">
+      <c r="A84" s="9"/>
+      <c r="B84" s="12"/>
+      <c r="C84" s="9"/>
+      <c r="D84" s="9"/>
+      <c r="E84" s="12"/>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
-      <c r="A85" s="9"/>
-      <c r="B85" s="12" t="s">
+      <c r="A85" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B85" s="11" t="s">
         <v>73</v>
       </c>
-      <c r="C85" s="9">
-[...9 lines deleted...]
-      <c r="G85" s="7"/>
+      <c r="C85" s="11"/>
+      <c r="D85" s="11"/>
+      <c r="E85" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F85" s="1"/>
+      <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="9"/>
       <c r="B86" s="12" t="s">
         <v>74</v>
       </c>
       <c r="C86" s="9">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="D86" s="9" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="E86" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F86" s="7"/>
       <c r="G86" s="7"/>
       <c r="H86" s="1"/>
     </row>
-    <row r="87" spans="1:8" customHeight="1" ht="3">
+    <row r="87" spans="1:8">
       <c r="A87" s="9"/>
-      <c r="B87" s="12"/>
-[...4 lines deleted...]
-      <c r="G87" s="1"/>
+      <c r="B87" s="12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C87" s="9">
+        <v>2012</v>
+      </c>
+      <c r="D87" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="E87" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F87" s="7"/>
+      <c r="G87" s="7"/>
       <c r="H87" s="1"/>
     </row>
-    <row r="88" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="88" spans="1:8" customHeight="1" ht="3">
+      <c r="A88" s="9"/>
+      <c r="B88" s="12"/>
+      <c r="C88" s="9"/>
+      <c r="D88" s="9"/>
+      <c r="E88" s="12"/>
       <c r="F88" s="1"/>
       <c r="G88" s="1"/>
       <c r="H88" s="1"/>
     </row>
     <row r="89" spans="1:8">
-      <c r="A89" s="9"/>
-      <c r="B89" s="12" t="s">
+      <c r="A89" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B89" s="11" t="s">
         <v>76</v>
       </c>
-      <c r="C89" s="9">
-[...9 lines deleted...]
-      <c r="G89" s="7"/>
+      <c r="C89" s="11"/>
+      <c r="D89" s="11"/>
+      <c r="E89" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F89" s="1"/>
+      <c r="G89" s="1"/>
       <c r="H89" s="1"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="9"/>
       <c r="B90" s="12" t="s">
         <v>77</v>
       </c>
       <c r="C90" s="9">
-        <v>2002</v>
+        <v>1973</v>
       </c>
       <c r="D90" s="9" t="s">
         <v>178</v>
       </c>
       <c r="E90" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F90" s="7"/>
       <c r="G90" s="7"/>
       <c r="H90" s="1"/>
     </row>
-    <row r="91" spans="1:8" customHeight="1" ht="3">
+    <row r="91" spans="1:8">
       <c r="A91" s="9"/>
-      <c r="B91" s="12"/>
-[...4 lines deleted...]
-      <c r="G91" s="1"/>
+      <c r="B91" s="12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C91" s="9">
+        <v>1995</v>
+      </c>
+      <c r="D91" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E91" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F91" s="7"/>
+      <c r="G91" s="7"/>
       <c r="H91" s="1"/>
     </row>
-    <row r="92" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="92" spans="1:8" customHeight="1" ht="3">
+      <c r="A92" s="9"/>
+      <c r="B92" s="12"/>
+      <c r="C92" s="9"/>
+      <c r="D92" s="9"/>
+      <c r="E92" s="12"/>
       <c r="F92" s="1"/>
       <c r="G92" s="1"/>
       <c r="H92" s="1"/>
     </row>
     <row r="93" spans="1:8">
-      <c r="A93" s="9"/>
-      <c r="B93" s="12" t="s">
+      <c r="A93" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B93" s="11" t="s">
         <v>79</v>
       </c>
-      <c r="C93" s="9">
-[...9 lines deleted...]
-      <c r="G93" s="7"/>
+      <c r="C93" s="11"/>
+      <c r="D93" s="11"/>
+      <c r="E93" s="11" t="s">
+        <v>188</v>
+      </c>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="9"/>
       <c r="B94" s="12" t="s">
         <v>80</v>
       </c>
       <c r="C94" s="9">
         <v>1996</v>
       </c>
       <c r="D94" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E94" s="12" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="F94" s="7"/>
       <c r="G94" s="7"/>
       <c r="H94" s="1"/>
     </row>
-    <row r="95" spans="1:8" customHeight="1" ht="3">
+    <row r="95" spans="1:8">
       <c r="A95" s="9"/>
-      <c r="B95" s="12"/>
-[...4 lines deleted...]
-      <c r="G95" s="1"/>
+      <c r="B95" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="C95" s="9">
+        <v>1996</v>
+      </c>
+      <c r="D95" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E95" s="12" t="s">
+        <v>188</v>
+      </c>
+      <c r="F95" s="7"/>
+      <c r="G95" s="7"/>
       <c r="H95" s="1"/>
     </row>
-    <row r="96" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="96" spans="1:8" customHeight="1" ht="3">
+      <c r="A96" s="9"/>
+      <c r="B96" s="12"/>
+      <c r="C96" s="9"/>
+      <c r="D96" s="9"/>
+      <c r="E96" s="12"/>
       <c r="F96" s="1"/>
       <c r="G96" s="1"/>
       <c r="H96" s="1"/>
     </row>
     <row r="97" spans="1:8">
-      <c r="A97" s="9"/>
-      <c r="B97" s="12" t="s">
+      <c r="A97" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B97" s="11" t="s">
         <v>82</v>
       </c>
-      <c r="C97" s="9">
-[...9 lines deleted...]
-      <c r="G97" s="7"/>
+      <c r="C97" s="11"/>
+      <c r="D97" s="11"/>
+      <c r="E97" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F97" s="1"/>
+      <c r="G97" s="1"/>
       <c r="H97" s="1"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="9"/>
       <c r="B98" s="12" t="s">
         <v>83</v>
       </c>
       <c r="C98" s="9">
-        <v>2001</v>
+        <v>1990</v>
       </c>
       <c r="D98" s="9" t="s">
         <v>178</v>
       </c>
       <c r="E98" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F98" s="7"/>
       <c r="G98" s="7"/>
       <c r="H98" s="1"/>
     </row>
-    <row r="99" spans="1:8" customHeight="1" ht="3">
+    <row r="99" spans="1:8">
       <c r="A99" s="9"/>
-      <c r="B99" s="12"/>
-[...4 lines deleted...]
-      <c r="G99" s="1"/>
+      <c r="B99" s="12" t="s">
+        <v>84</v>
+      </c>
+      <c r="C99" s="9">
+        <v>2006</v>
+      </c>
+      <c r="D99" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="E99" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F99" s="7"/>
+      <c r="G99" s="7"/>
       <c r="H99" s="1"/>
     </row>
-    <row r="100" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="100" spans="1:8" customHeight="1" ht="3">
+      <c r="A100" s="9"/>
+      <c r="B100" s="12"/>
+      <c r="C100" s="9"/>
+      <c r="D100" s="9"/>
+      <c r="E100" s="12"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1"/>
       <c r="H100" s="1"/>
     </row>
     <row r="101" spans="1:8">
-      <c r="A101" s="9"/>
-      <c r="B101" s="12" t="s">
+      <c r="A101" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B101" s="11" t="s">
         <v>85</v>
       </c>
-      <c r="C101" s="9">
-[...9 lines deleted...]
-      <c r="G101" s="7"/>
+      <c r="C101" s="11"/>
+      <c r="D101" s="11"/>
+      <c r="E101" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F101" s="1"/>
+      <c r="G101" s="1"/>
       <c r="H101" s="1"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="9"/>
       <c r="B102" s="12" t="s">
         <v>86</v>
       </c>
       <c r="C102" s="9">
-        <v>1982</v>
+        <v>2003</v>
       </c>
       <c r="D102" s="9" t="s">
-        <v>178</v>
+        <v>176</v>
       </c>
       <c r="E102" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F102" s="7"/>
       <c r="G102" s="7"/>
       <c r="H102" s="1"/>
     </row>
-    <row r="103" spans="1:8" customHeight="1" ht="3">
+    <row r="103" spans="1:8">
       <c r="A103" s="9"/>
-      <c r="B103" s="12"/>
-[...4 lines deleted...]
-      <c r="G103" s="1"/>
+      <c r="B103" s="12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C103" s="9">
+        <v>2001</v>
+      </c>
+      <c r="D103" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E103" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F103" s="7"/>
+      <c r="G103" s="7"/>
       <c r="H103" s="1"/>
     </row>
-    <row r="104" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="104" spans="1:8" customHeight="1" ht="3">
+      <c r="A104" s="9"/>
+      <c r="B104" s="12"/>
+      <c r="C104" s="9"/>
+      <c r="D104" s="9"/>
+      <c r="E104" s="12"/>
       <c r="F104" s="1"/>
       <c r="G104" s="1"/>
       <c r="H104" s="1"/>
     </row>
     <row r="105" spans="1:8">
-      <c r="A105" s="9"/>
-      <c r="B105" s="12" t="s">
+      <c r="A105" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B105" s="11" t="s">
         <v>88</v>
       </c>
-      <c r="C105" s="9">
-[...9 lines deleted...]
-      <c r="G105" s="7"/>
+      <c r="C105" s="11"/>
+      <c r="D105" s="11"/>
+      <c r="E105" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F105" s="1"/>
+      <c r="G105" s="1"/>
       <c r="H105" s="1"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="9"/>
       <c r="B106" s="12" t="s">
         <v>89</v>
       </c>
       <c r="C106" s="9">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="D106" s="9" t="s">
         <v>178</v>
       </c>
       <c r="E106" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F106" s="7"/>
       <c r="G106" s="7"/>
       <c r="H106" s="1"/>
     </row>
-    <row r="107" spans="1:8" customHeight="1" ht="3">
+    <row r="107" spans="1:8">
       <c r="A107" s="9"/>
-      <c r="B107" s="12"/>
-[...4 lines deleted...]
-      <c r="G107" s="1"/>
+      <c r="B107" s="12" t="s">
+        <v>90</v>
+      </c>
+      <c r="C107" s="9">
+        <v>2002</v>
+      </c>
+      <c r="D107" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E107" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F107" s="7"/>
+      <c r="G107" s="7"/>
       <c r="H107" s="1"/>
     </row>
-    <row r="108" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="108" spans="1:8" customHeight="1" ht="3">
+      <c r="A108" s="9"/>
+      <c r="B108" s="12"/>
+      <c r="C108" s="9"/>
+      <c r="D108" s="9"/>
+      <c r="E108" s="12"/>
       <c r="F108" s="1"/>
       <c r="G108" s="1"/>
       <c r="H108" s="1"/>
     </row>
     <row r="109" spans="1:8">
-      <c r="A109" s="9"/>
-      <c r="B109" s="12" t="s">
+      <c r="A109" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B109" s="11" t="s">
         <v>91</v>
       </c>
-      <c r="C109" s="9">
-[...9 lines deleted...]
-      <c r="G109" s="7"/>
+      <c r="C109" s="11"/>
+      <c r="D109" s="11"/>
+      <c r="E109" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F109" s="1"/>
+      <c r="G109" s="1"/>
       <c r="H109" s="1"/>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="9"/>
       <c r="B110" s="12" t="s">
         <v>92</v>
       </c>
       <c r="C110" s="9">
-        <v>1999</v>
+        <v>1996</v>
       </c>
       <c r="D110" s="9" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E110" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F110" s="7"/>
       <c r="G110" s="7"/>
       <c r="H110" s="1"/>
     </row>
-    <row r="111" spans="1:8" customHeight="1" ht="3">
+    <row r="111" spans="1:8">
       <c r="A111" s="9"/>
-      <c r="B111" s="12"/>
-[...4 lines deleted...]
-      <c r="G111" s="1"/>
+      <c r="B111" s="12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C111" s="9">
+        <v>1993</v>
+      </c>
+      <c r="D111" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="E111" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F111" s="7"/>
+      <c r="G111" s="7"/>
       <c r="H111" s="1"/>
     </row>
-    <row r="112" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="112" spans="1:8" customHeight="1" ht="3">
+      <c r="A112" s="9"/>
+      <c r="B112" s="12"/>
+      <c r="C112" s="9"/>
+      <c r="D112" s="9"/>
+      <c r="E112" s="12"/>
       <c r="F112" s="1"/>
       <c r="G112" s="1"/>
       <c r="H112" s="1"/>
     </row>
     <row r="113" spans="1:8">
-      <c r="A113" s="9"/>
-      <c r="B113" s="12" t="s">
+      <c r="A113" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B113" s="11" t="s">
         <v>94</v>
       </c>
-      <c r="C113" s="9">
-[...9 lines deleted...]
-      <c r="G113" s="7"/>
+      <c r="C113" s="11"/>
+      <c r="D113" s="11"/>
+      <c r="E113" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1"/>
       <c r="H113" s="1"/>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="9"/>
       <c r="B114" s="12" t="s">
         <v>95</v>
       </c>
       <c r="C114" s="9">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="D114" s="9" t="s">
         <v>178</v>
       </c>
       <c r="E114" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F114" s="7"/>
       <c r="G114" s="7"/>
       <c r="H114" s="1"/>
     </row>
-    <row r="115" spans="1:8" customHeight="1" ht="3">
+    <row r="115" spans="1:8">
       <c r="A115" s="9"/>
-      <c r="B115" s="12"/>
-[...4 lines deleted...]
-      <c r="G115" s="1"/>
+      <c r="B115" s="12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C115" s="9">
+        <v>1997</v>
+      </c>
+      <c r="D115" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E115" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F115" s="7"/>
+      <c r="G115" s="7"/>
       <c r="H115" s="1"/>
     </row>
-    <row r="116" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="116" spans="1:8" customHeight="1" ht="3">
+      <c r="A116" s="9"/>
+      <c r="B116" s="12"/>
+      <c r="C116" s="9"/>
+      <c r="D116" s="9"/>
+      <c r="E116" s="12"/>
       <c r="F116" s="1"/>
       <c r="G116" s="1"/>
       <c r="H116" s="1"/>
     </row>
     <row r="117" spans="1:8">
-      <c r="A117" s="9"/>
-      <c r="B117" s="12" t="s">
+      <c r="A117" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B117" s="11" t="s">
         <v>97</v>
       </c>
-      <c r="C117" s="9">
-[...9 lines deleted...]
-      <c r="G117" s="7"/>
+      <c r="C117" s="11"/>
+      <c r="D117" s="11"/>
+      <c r="E117" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F117" s="1"/>
+      <c r="G117" s="1"/>
       <c r="H117" s="1"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="9"/>
       <c r="B118" s="12" t="s">
         <v>98</v>
       </c>
       <c r="C118" s="9">
-        <v>2006</v>
+        <v>1982</v>
       </c>
       <c r="D118" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E118" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F118" s="7"/>
       <c r="G118" s="7"/>
       <c r="H118" s="1"/>
     </row>
-    <row r="119" spans="1:8" customHeight="1" ht="3">
+    <row r="119" spans="1:8">
       <c r="A119" s="9"/>
-      <c r="B119" s="12"/>
-[...4 lines deleted...]
-      <c r="G119" s="1"/>
+      <c r="B119" s="12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C119" s="9">
+        <v>1989</v>
+      </c>
+      <c r="D119" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E119" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F119" s="7"/>
+      <c r="G119" s="7"/>
       <c r="H119" s="1"/>
     </row>
-    <row r="120" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="120" spans="1:8" customHeight="1" ht="3">
+      <c r="A120" s="9"/>
+      <c r="B120" s="12"/>
+      <c r="C120" s="9"/>
+      <c r="D120" s="9"/>
+      <c r="E120" s="12"/>
       <c r="F120" s="1"/>
       <c r="G120" s="1"/>
       <c r="H120" s="1"/>
     </row>
     <row r="121" spans="1:8">
-      <c r="A121" s="9"/>
-      <c r="B121" s="12" t="s">
+      <c r="A121" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B121" s="11" t="s">
         <v>100</v>
       </c>
-      <c r="C121" s="9">
-[...9 lines deleted...]
-      <c r="G121" s="7"/>
+      <c r="C121" s="11"/>
+      <c r="D121" s="11"/>
+      <c r="E121" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F121" s="1"/>
+      <c r="G121" s="1"/>
       <c r="H121" s="1"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="9"/>
       <c r="B122" s="12" t="s">
         <v>101</v>
       </c>
       <c r="C122" s="9">
-        <v>1985</v>
+        <v>1996</v>
       </c>
       <c r="D122" s="9" t="s">
         <v>178</v>
       </c>
       <c r="E122" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F122" s="7"/>
       <c r="G122" s="7"/>
       <c r="H122" s="1"/>
     </row>
-    <row r="123" spans="1:8" customHeight="1" ht="3">
+    <row r="123" spans="1:8">
       <c r="A123" s="9"/>
-      <c r="B123" s="12"/>
-[...4 lines deleted...]
-      <c r="G123" s="1"/>
+      <c r="B123" s="12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C123" s="9">
+        <v>1997</v>
+      </c>
+      <c r="D123" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E123" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F123" s="7"/>
+      <c r="G123" s="7"/>
       <c r="H123" s="1"/>
     </row>
-    <row r="124" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="124" spans="1:8" customHeight="1" ht="3">
+      <c r="A124" s="9"/>
+      <c r="B124" s="12"/>
+      <c r="C124" s="9"/>
+      <c r="D124" s="9"/>
+      <c r="E124" s="12"/>
       <c r="F124" s="1"/>
       <c r="G124" s="1"/>
       <c r="H124" s="1"/>
     </row>
     <row r="125" spans="1:8">
-      <c r="A125" s="9"/>
-      <c r="B125" s="12" t="s">
+      <c r="A125" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B125" s="11" t="s">
         <v>103</v>
       </c>
-      <c r="C125" s="9">
-[...9 lines deleted...]
-      <c r="G125" s="7"/>
+      <c r="C125" s="11"/>
+      <c r="D125" s="11"/>
+      <c r="E125" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F125" s="1"/>
+      <c r="G125" s="1"/>
       <c r="H125" s="1"/>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="9"/>
       <c r="B126" s="12" t="s">
         <v>104</v>
       </c>
       <c r="C126" s="9">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="D126" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E126" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F126" s="7"/>
       <c r="G126" s="7"/>
       <c r="H126" s="1"/>
     </row>
-    <row r="127" spans="1:8" customHeight="1" ht="3">
+    <row r="127" spans="1:8">
       <c r="A127" s="9"/>
-      <c r="B127" s="12"/>
-[...4 lines deleted...]
-      <c r="G127" s="1"/>
+      <c r="B127" s="12" t="s">
+        <v>105</v>
+      </c>
+      <c r="C127" s="9">
+        <v>2004</v>
+      </c>
+      <c r="D127" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E127" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F127" s="7"/>
+      <c r="G127" s="7"/>
       <c r="H127" s="1"/>
     </row>
-    <row r="128" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="128" spans="1:8" customHeight="1" ht="3">
+      <c r="A128" s="9"/>
+      <c r="B128" s="12"/>
+      <c r="C128" s="9"/>
+      <c r="D128" s="9"/>
+      <c r="E128" s="12"/>
       <c r="F128" s="1"/>
       <c r="G128" s="1"/>
       <c r="H128" s="1"/>
     </row>
     <row r="129" spans="1:8">
-      <c r="A129" s="9"/>
-      <c r="B129" s="12" t="s">
+      <c r="A129" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B129" s="11" t="s">
         <v>106</v>
       </c>
-      <c r="C129" s="9">
-[...9 lines deleted...]
-      <c r="G129" s="7"/>
+      <c r="C129" s="11"/>
+      <c r="D129" s="11"/>
+      <c r="E129" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F129" s="1"/>
+      <c r="G129" s="1"/>
       <c r="H129" s="1"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="9"/>
       <c r="B130" s="12" t="s">
         <v>107</v>
       </c>
       <c r="C130" s="9">
-        <v>1996</v>
+        <v>1983</v>
       </c>
       <c r="D130" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E130" s="12" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="F130" s="7"/>
       <c r="G130" s="7"/>
       <c r="H130" s="1"/>
     </row>
-    <row r="131" spans="1:8" customHeight="1" ht="3">
+    <row r="131" spans="1:8">
       <c r="A131" s="9"/>
-      <c r="B131" s="12"/>
-[...4 lines deleted...]
-      <c r="G131" s="1"/>
+      <c r="B131" s="12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C131" s="9">
+        <v>2005</v>
+      </c>
+      <c r="D131" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E131" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F131" s="7"/>
+      <c r="G131" s="7"/>
       <c r="H131" s="1"/>
     </row>
-    <row r="132" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="132" spans="1:8" customHeight="1" ht="3">
+      <c r="A132" s="9"/>
+      <c r="B132" s="12"/>
+      <c r="C132" s="9"/>
+      <c r="D132" s="9"/>
+      <c r="E132" s="12"/>
       <c r="F132" s="1"/>
       <c r="G132" s="1"/>
       <c r="H132" s="1"/>
     </row>
     <row r="133" spans="1:8">
-      <c r="A133" s="9"/>
-      <c r="B133" s="12" t="s">
+      <c r="A133" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B133" s="11" t="s">
         <v>109</v>
       </c>
-      <c r="C133" s="9">
-[...9 lines deleted...]
-      <c r="G133" s="7"/>
+      <c r="C133" s="11"/>
+      <c r="D133" s="11"/>
+      <c r="E133" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F133" s="1"/>
+      <c r="G133" s="1"/>
       <c r="H133" s="1"/>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="9"/>
       <c r="B134" s="12" t="s">
         <v>110</v>
       </c>
       <c r="C134" s="9">
-        <v>2012</v>
+        <v>2006</v>
       </c>
       <c r="D134" s="9" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E134" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F134" s="7"/>
       <c r="G134" s="7"/>
       <c r="H134" s="1"/>
     </row>
-    <row r="135" spans="1:8" customHeight="1" ht="3">
+    <row r="135" spans="1:8">
       <c r="A135" s="9"/>
-      <c r="B135" s="12"/>
-[...4 lines deleted...]
-      <c r="G135" s="1"/>
+      <c r="B135" s="12" t="s">
+        <v>111</v>
+      </c>
+      <c r="C135" s="9">
+        <v>2009</v>
+      </c>
+      <c r="D135" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E135" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F135" s="7"/>
+      <c r="G135" s="7"/>
       <c r="H135" s="1"/>
     </row>
-    <row r="136" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="136" spans="1:8" customHeight="1" ht="3">
+      <c r="A136" s="9"/>
+      <c r="B136" s="12"/>
+      <c r="C136" s="9"/>
+      <c r="D136" s="9"/>
+      <c r="E136" s="12"/>
       <c r="F136" s="1"/>
       <c r="G136" s="1"/>
       <c r="H136" s="1"/>
     </row>
     <row r="137" spans="1:8">
-      <c r="A137" s="9"/>
-      <c r="B137" s="12" t="s">
+      <c r="A137" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B137" s="11" t="s">
         <v>112</v>
       </c>
-      <c r="C137" s="9">
-[...9 lines deleted...]
-      <c r="G137" s="7"/>
+      <c r="C137" s="11"/>
+      <c r="D137" s="11"/>
+      <c r="E137" s="11" t="s">
+        <v>189</v>
+      </c>
+      <c r="F137" s="1"/>
+      <c r="G137" s="1"/>
       <c r="H137" s="1"/>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="9"/>
       <c r="B138" s="12" t="s">
         <v>113</v>
       </c>
       <c r="C138" s="9">
-        <v>1985</v>
+        <v>1995</v>
       </c>
       <c r="D138" s="9" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="E138" s="12" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="F138" s="7"/>
       <c r="G138" s="7"/>
       <c r="H138" s="1"/>
     </row>
-    <row r="139" spans="1:8" customHeight="1" ht="3">
+    <row r="139" spans="1:8">
       <c r="A139" s="9"/>
-      <c r="B139" s="12"/>
-[...4 lines deleted...]
-      <c r="G139" s="1"/>
+      <c r="B139" s="12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C139" s="9">
+        <v>2003</v>
+      </c>
+      <c r="D139" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E139" s="12" t="s">
+        <v>189</v>
+      </c>
+      <c r="F139" s="7"/>
+      <c r="G139" s="7"/>
       <c r="H139" s="1"/>
     </row>
-    <row r="140" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="140" spans="1:8" customHeight="1" ht="3">
+      <c r="A140" s="9"/>
+      <c r="B140" s="12"/>
+      <c r="C140" s="9"/>
+      <c r="D140" s="9"/>
+      <c r="E140" s="12"/>
       <c r="F140" s="1"/>
       <c r="G140" s="1"/>
       <c r="H140" s="1"/>
     </row>
     <row r="141" spans="1:8">
-      <c r="A141" s="9"/>
-      <c r="B141" s="12" t="s">
+      <c r="A141" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B141" s="11" t="s">
         <v>115</v>
       </c>
-      <c r="C141" s="9">
-[...9 lines deleted...]
-      <c r="G141" s="7"/>
+      <c r="C141" s="11"/>
+      <c r="D141" s="11"/>
+      <c r="E141" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F141" s="1"/>
+      <c r="G141" s="1"/>
       <c r="H141" s="1"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="9"/>
       <c r="B142" s="12" t="s">
         <v>116</v>
       </c>
       <c r="C142" s="9">
-        <v>1983</v>
+        <v>2007</v>
       </c>
       <c r="D142" s="9" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E142" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F142" s="7"/>
       <c r="G142" s="7"/>
       <c r="H142" s="1"/>
     </row>
-    <row r="143" spans="1:8" customHeight="1" ht="3">
+    <row r="143" spans="1:8">
       <c r="A143" s="9"/>
-      <c r="B143" s="12"/>
-[...4 lines deleted...]
-      <c r="G143" s="1"/>
+      <c r="B143" s="12" t="s">
+        <v>117</v>
+      </c>
+      <c r="C143" s="9">
+        <v>2012</v>
+      </c>
+      <c r="D143" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E143" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F143" s="7"/>
+      <c r="G143" s="7"/>
       <c r="H143" s="1"/>
     </row>
-    <row r="144" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="144" spans="1:8" customHeight="1" ht="3">
+      <c r="A144" s="9"/>
+      <c r="B144" s="12"/>
+      <c r="C144" s="9"/>
+      <c r="D144" s="9"/>
+      <c r="E144" s="12"/>
       <c r="F144" s="1"/>
       <c r="G144" s="1"/>
       <c r="H144" s="1"/>
     </row>
     <row r="145" spans="1:8">
-      <c r="A145" s="9"/>
-      <c r="B145" s="12" t="s">
+      <c r="A145" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B145" s="11" t="s">
         <v>118</v>
       </c>
-      <c r="C145" s="9">
-[...9 lines deleted...]
-      <c r="G145" s="7"/>
+      <c r="C145" s="11"/>
+      <c r="D145" s="11"/>
+      <c r="E145" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F145" s="1"/>
+      <c r="G145" s="1"/>
       <c r="H145" s="1"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="9"/>
       <c r="B146" s="12" t="s">
         <v>119</v>
       </c>
       <c r="C146" s="9">
-        <v>1991</v>
+        <v>1985</v>
       </c>
       <c r="D146" s="9" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="E146" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F146" s="7"/>
       <c r="G146" s="7"/>
       <c r="H146" s="1"/>
     </row>
-    <row r="147" spans="1:8" customHeight="1" ht="3">
+    <row r="147" spans="1:8">
       <c r="A147" s="9"/>
-      <c r="B147" s="12"/>
-[...4 lines deleted...]
-      <c r="G147" s="1"/>
+      <c r="B147" s="12" t="s">
+        <v>120</v>
+      </c>
+      <c r="C147" s="9">
+        <v>1989</v>
+      </c>
+      <c r="D147" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E147" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F147" s="7"/>
+      <c r="G147" s="7"/>
       <c r="H147" s="1"/>
     </row>
-    <row r="148" spans="1:8">
-[...10 lines deleted...]
-      </c>
+    <row r="148" spans="1:8" customHeight="1" ht="3">
+      <c r="A148" s="9"/>
+      <c r="B148" s="12"/>
+      <c r="C148" s="9"/>
+      <c r="D148" s="9"/>
+      <c r="E148" s="12"/>
       <c r="F148" s="1"/>
       <c r="G148" s="1"/>
       <c r="H148" s="1"/>
     </row>
     <row r="149" spans="1:8">
-      <c r="A149" s="9"/>
-      <c r="B149" s="12" t="s">
+      <c r="A149" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B149" s="11" t="s">
         <v>121</v>
       </c>
-      <c r="C149" s="9">
-[...9 lines deleted...]
-      <c r="G149" s="7"/>
+      <c r="C149" s="11"/>
+      <c r="D149" s="11"/>
+      <c r="E149" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F149" s="1"/>
+      <c r="G149" s="1"/>
       <c r="H149" s="1"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="9"/>
       <c r="B150" s="12" t="s">
         <v>122</v>
       </c>
       <c r="C150" s="9">
-        <v>2009</v>
+        <v>2008</v>
       </c>
       <c r="D150" s="9" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="E150" s="12" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F150" s="7"/>
       <c r="G150" s="7"/>
       <c r="H150" s="1"/>
     </row>
-    <row r="151" spans="1:8" customHeight="1" ht="3">
+    <row r="151" spans="1:8">
       <c r="A151" s="9"/>
-      <c r="B151" s="12"/>
-[...4 lines deleted...]
-      <c r="G151" s="1"/>
+      <c r="B151" s="12" t="s">
+        <v>123</v>
+      </c>
+      <c r="C151" s="9">
+        <v>2009</v>
+      </c>
+      <c r="D151" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="E151" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F151" s="7"/>
+      <c r="G151" s="7"/>
       <c r="H151" s="1"/>
     </row>
     <row r="152" spans="1:8">
-      <c r="A152" s="10" t="s">
+      <c r="A152" s="9"/>
+      <c r="B152" s="12" t="s">
+        <v>124</v>
+      </c>
+      <c r="C152" s="9">
+        <v>1983</v>
+      </c>
+      <c r="D152" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="E152" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F152" s="7"/>
+      <c r="G152" s="7"/>
+      <c r="H152" s="1"/>
+    </row>
+    <row r="153" spans="1:8" customHeight="1" ht="3">
+      <c r="A153" s="9"/>
+      <c r="B153" s="12"/>
+      <c r="C153" s="9"/>
+      <c r="D153" s="9"/>
+      <c r="E153" s="12"/>
+      <c r="F153" s="1"/>
+      <c r="G153" s="1"/>
+      <c r="H153" s="1"/>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B152" s="11" t="s">
+      <c r="B154" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="C154" s="11"/>
+      <c r="D154" s="11"/>
+      <c r="E154" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F154" s="1"/>
+      <c r="G154" s="1"/>
+      <c r="H154" s="1"/>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" s="9"/>
+      <c r="B155" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="C155" s="9">
+        <v>2000</v>
+      </c>
+      <c r="D155" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="E155" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F155" s="7"/>
+      <c r="G155" s="7"/>
+      <c r="H155" s="1"/>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" s="9"/>
+      <c r="B156" s="12" t="s">
+        <v>127</v>
+      </c>
+      <c r="C156" s="9">
+        <v>1991</v>
+      </c>
+      <c r="D156" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E156" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F156" s="7"/>
+      <c r="G156" s="7"/>
+      <c r="H156" s="1"/>
+    </row>
+    <row r="157" spans="1:8" customHeight="1" ht="3">
+      <c r="A157" s="9"/>
+      <c r="B157" s="12"/>
+      <c r="C157" s="9"/>
+      <c r="D157" s="9"/>
+      <c r="E157" s="12"/>
+      <c r="F157" s="1"/>
+      <c r="G157" s="1"/>
+      <c r="H157" s="1"/>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B158" s="11" t="s">
+        <v>128</v>
+      </c>
+      <c r="C158" s="11"/>
+      <c r="D158" s="11"/>
+      <c r="E158" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F158" s="1"/>
+      <c r="G158" s="1"/>
+      <c r="H158" s="1"/>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" s="9"/>
+      <c r="B159" s="12" t="s">
+        <v>129</v>
+      </c>
+      <c r="C159" s="9">
+        <v>2008</v>
+      </c>
+      <c r="D159" s="9" t="s">
+        <v>183</v>
+      </c>
+      <c r="E159" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F159" s="7"/>
+      <c r="G159" s="7"/>
+      <c r="H159" s="1"/>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" s="9"/>
+      <c r="B160" s="12" t="s">
+        <v>130</v>
+      </c>
+      <c r="C160" s="9">
+        <v>2009</v>
+      </c>
+      <c r="D160" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E160" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F160" s="7"/>
+      <c r="G160" s="7"/>
+      <c r="H160" s="1"/>
+    </row>
+    <row r="161" spans="1:8" customHeight="1" ht="3">
+      <c r="A161" s="9"/>
+      <c r="B161" s="12"/>
+      <c r="C161" s="9"/>
+      <c r="D161" s="9"/>
+      <c r="E161" s="12"/>
+      <c r="F161" s="1"/>
+      <c r="G161" s="1"/>
+      <c r="H161" s="1"/>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B162" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="C162" s="11"/>
+      <c r="D162" s="11"/>
+      <c r="E162" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F162" s="1"/>
+      <c r="G162" s="1"/>
+      <c r="H162" s="1"/>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" s="9"/>
+      <c r="B163" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="C163" s="9">
+        <v>2009</v>
+      </c>
+      <c r="D163" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="E163" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F163" s="7"/>
+      <c r="G163" s="7"/>
+      <c r="H163" s="1"/>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" s="9"/>
+      <c r="B164" s="12" t="s">
         <v>123</v>
       </c>
-      <c r="C152" s="11"/>
-[...13 lines deleted...]
-      <c r="C153" s="9">
+      <c r="C164" s="9">
         <v>2009</v>
       </c>
-      <c r="D153" s="9" t="s">
+      <c r="D164" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="E164" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F164" s="7"/>
+      <c r="G164" s="7"/>
+      <c r="H164" s="1"/>
+    </row>
+    <row r="165" spans="1:8" customHeight="1" ht="3">
+      <c r="A165" s="9"/>
+      <c r="B165" s="12"/>
+      <c r="C165" s="9"/>
+      <c r="D165" s="9"/>
+      <c r="E165" s="12"/>
+      <c r="F165" s="1"/>
+      <c r="G165" s="1"/>
+      <c r="H165" s="1"/>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B166" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="C166" s="11"/>
+      <c r="D166" s="11"/>
+      <c r="E166" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F166" s="1"/>
+      <c r="G166" s="1"/>
+      <c r="H166" s="1"/>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" s="9"/>
+      <c r="B167" s="12" t="s">
+        <v>134</v>
+      </c>
+      <c r="C167" s="9">
+        <v>2006</v>
+      </c>
+      <c r="D167" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E167" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F167" s="7"/>
+      <c r="G167" s="7"/>
+      <c r="H167" s="1"/>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" s="9"/>
+      <c r="B168" s="12" t="s">
+        <v>135</v>
+      </c>
+      <c r="C168" s="9">
+        <v>1984</v>
+      </c>
+      <c r="D168" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E168" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F168" s="7"/>
+      <c r="G168" s="7"/>
+      <c r="H168" s="1"/>
+    </row>
+    <row r="169" spans="1:8" customHeight="1" ht="3">
+      <c r="A169" s="9"/>
+      <c r="B169" s="12"/>
+      <c r="C169" s="9"/>
+      <c r="D169" s="9"/>
+      <c r="E169" s="12"/>
+      <c r="F169" s="1"/>
+      <c r="G169" s="1"/>
+      <c r="H169" s="1"/>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B170" s="11" t="s">
+        <v>136</v>
+      </c>
+      <c r="C170" s="11"/>
+      <c r="D170" s="11"/>
+      <c r="E170" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F170" s="1"/>
+      <c r="G170" s="1"/>
+      <c r="H170" s="1"/>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" s="9"/>
+      <c r="B171" s="12" t="s">
+        <v>137</v>
+      </c>
+      <c r="C171" s="9">
+        <v>2001</v>
+      </c>
+      <c r="D171" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E171" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F171" s="7"/>
+      <c r="G171" s="7"/>
+      <c r="H171" s="1"/>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" s="9"/>
+      <c r="B172" s="12" t="s">
+        <v>138</v>
+      </c>
+      <c r="C172" s="9">
+        <v>1991</v>
+      </c>
+      <c r="D172" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E172" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F172" s="7"/>
+      <c r="G172" s="7"/>
+      <c r="H172" s="1"/>
+    </row>
+    <row r="173" spans="1:8" customHeight="1" ht="3">
+      <c r="A173" s="9"/>
+      <c r="B173" s="12"/>
+      <c r="C173" s="9"/>
+      <c r="D173" s="9"/>
+      <c r="E173" s="12"/>
+      <c r="F173" s="1"/>
+      <c r="G173" s="1"/>
+      <c r="H173" s="1"/>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B174" s="11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C174" s="11"/>
+      <c r="D174" s="11"/>
+      <c r="E174" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F174" s="1"/>
+      <c r="G174" s="1"/>
+      <c r="H174" s="1"/>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" s="9"/>
+      <c r="B175" s="12" t="s">
+        <v>140</v>
+      </c>
+      <c r="C175" s="9">
+        <v>2001</v>
+      </c>
+      <c r="D175" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E175" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F175" s="7"/>
+      <c r="G175" s="7"/>
+      <c r="H175" s="1"/>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" s="9"/>
+      <c r="B176" s="12" t="s">
+        <v>141</v>
+      </c>
+      <c r="C176" s="9">
+        <v>2000</v>
+      </c>
+      <c r="D176" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E176" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F176" s="7"/>
+      <c r="G176" s="7"/>
+      <c r="H176" s="1"/>
+    </row>
+    <row r="177" spans="1:8" customHeight="1" ht="3">
+      <c r="A177" s="9"/>
+      <c r="B177" s="12"/>
+      <c r="C177" s="9"/>
+      <c r="D177" s="9"/>
+      <c r="E177" s="12"/>
+      <c r="F177" s="1"/>
+      <c r="G177" s="1"/>
+      <c r="H177" s="1"/>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B178" s="11" t="s">
+        <v>142</v>
+      </c>
+      <c r="C178" s="11"/>
+      <c r="D178" s="11"/>
+      <c r="E178" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F178" s="1"/>
+      <c r="G178" s="1"/>
+      <c r="H178" s="1"/>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" s="9"/>
+      <c r="B179" s="12" t="s">
+        <v>143</v>
+      </c>
+      <c r="C179" s="9">
+        <v>1987</v>
+      </c>
+      <c r="D179" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E179" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F179" s="7"/>
+      <c r="G179" s="7"/>
+      <c r="H179" s="1"/>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" s="9"/>
+      <c r="B180" s="12" t="s">
+        <v>144</v>
+      </c>
+      <c r="C180" s="9">
+        <v>1989</v>
+      </c>
+      <c r="D180" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E180" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F180" s="7"/>
+      <c r="G180" s="7"/>
+      <c r="H180" s="1"/>
+    </row>
+    <row r="181" spans="1:8" customHeight="1" ht="3">
+      <c r="A181" s="9"/>
+      <c r="B181" s="12"/>
+      <c r="C181" s="9"/>
+      <c r="D181" s="9"/>
+      <c r="E181" s="12"/>
+      <c r="F181" s="1"/>
+      <c r="G181" s="1"/>
+      <c r="H181" s="1"/>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B182" s="11" t="s">
+        <v>145</v>
+      </c>
+      <c r="C182" s="11"/>
+      <c r="D182" s="11"/>
+      <c r="E182" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F182" s="1"/>
+      <c r="G182" s="1"/>
+      <c r="H182" s="1"/>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="9"/>
+      <c r="B183" s="12" t="s">
+        <v>146</v>
+      </c>
+      <c r="C183" s="9">
+        <v>2012</v>
+      </c>
+      <c r="D183" s="9" t="s">
         <v>180</v>
       </c>
-      <c r="E153" s="12" t="s">
-[...11 lines deleted...]
-      <c r="C154" s="9">
+      <c r="E183" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F183" s="7"/>
+      <c r="G183" s="7"/>
+      <c r="H183" s="1"/>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" s="9"/>
+      <c r="B184" s="12" t="s">
+        <v>147</v>
+      </c>
+      <c r="C184" s="9">
+        <v>2012</v>
+      </c>
+      <c r="D184" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="E184" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F184" s="7"/>
+      <c r="G184" s="7"/>
+      <c r="H184" s="1"/>
+    </row>
+    <row r="185" spans="1:8" customHeight="1" ht="3">
+      <c r="A185" s="9"/>
+      <c r="B185" s="12"/>
+      <c r="C185" s="9"/>
+      <c r="D185" s="9"/>
+      <c r="E185" s="12"/>
+      <c r="F185" s="1"/>
+      <c r="G185" s="1"/>
+      <c r="H185" s="1"/>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B186" s="11" t="s">
+        <v>148</v>
+      </c>
+      <c r="C186" s="11"/>
+      <c r="D186" s="11"/>
+      <c r="E186" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F186" s="1"/>
+      <c r="G186" s="1"/>
+      <c r="H186" s="1"/>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" s="9"/>
+      <c r="B187" s="12" t="s">
+        <v>149</v>
+      </c>
+      <c r="C187" s="9">
+        <v>1980</v>
+      </c>
+      <c r="D187" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E187" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F187" s="7"/>
+      <c r="G187" s="7"/>
+      <c r="H187" s="1"/>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" s="9"/>
+      <c r="B188" s="12" t="s">
+        <v>150</v>
+      </c>
+      <c r="C188" s="9">
+        <v>1988</v>
+      </c>
+      <c r="D188" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E188" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F188" s="7"/>
+      <c r="G188" s="7"/>
+      <c r="H188" s="1"/>
+    </row>
+    <row r="189" spans="1:8" customHeight="1" ht="3">
+      <c r="A189" s="9"/>
+      <c r="B189" s="12"/>
+      <c r="C189" s="9"/>
+      <c r="D189" s="9"/>
+      <c r="E189" s="12"/>
+      <c r="F189" s="1"/>
+      <c r="G189" s="1"/>
+      <c r="H189" s="1"/>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B190" s="11" t="s">
+        <v>151</v>
+      </c>
+      <c r="C190" s="11"/>
+      <c r="D190" s="11"/>
+      <c r="E190" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F190" s="1"/>
+      <c r="G190" s="1"/>
+      <c r="H190" s="1"/>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" s="9"/>
+      <c r="B191" s="12" t="s">
+        <v>152</v>
+      </c>
+      <c r="C191" s="9">
         <v>2009</v>
       </c>
-      <c r="D154" s="9" t="s">
+      <c r="D191" s="9" t="s">
         <v>180</v>
       </c>
-      <c r="E154" s="12" t="s">
-[...17 lines deleted...]
-      <c r="A156" s="10" t="s">
+      <c r="E191" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F191" s="7"/>
+      <c r="G191" s="7"/>
+      <c r="H191" s="1"/>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" s="9"/>
+      <c r="B192" s="12" t="s">
+        <v>153</v>
+      </c>
+      <c r="C192" s="9">
+        <v>2008</v>
+      </c>
+      <c r="D192" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E192" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F192" s="7"/>
+      <c r="G192" s="7"/>
+      <c r="H192" s="1"/>
+    </row>
+    <row r="193" spans="1:8" customHeight="1" ht="3">
+      <c r="A193" s="9"/>
+      <c r="B193" s="12"/>
+      <c r="C193" s="9"/>
+      <c r="D193" s="9"/>
+      <c r="E193" s="12"/>
+      <c r="F193" s="1"/>
+      <c r="G193" s="1"/>
+      <c r="H193" s="1"/>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="B156" s="11" t="s">
-[...16 lines deleted...]
-      <c r="C157" s="9">
+      <c r="B194" s="11" t="s">
+        <v>154</v>
+      </c>
+      <c r="C194" s="11"/>
+      <c r="D194" s="11"/>
+      <c r="E194" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F194" s="1"/>
+      <c r="G194" s="1"/>
+      <c r="H194" s="1"/>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" s="9"/>
+      <c r="B195" s="12" t="s">
+        <v>155</v>
+      </c>
+      <c r="C195" s="9">
+        <v>1986</v>
+      </c>
+      <c r="D195" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="E195" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F195" s="7"/>
+      <c r="G195" s="7"/>
+      <c r="H195" s="1"/>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" s="9"/>
+      <c r="B196" s="12" t="s">
+        <v>156</v>
+      </c>
+      <c r="C196" s="9">
+        <v>1985</v>
+      </c>
+      <c r="D196" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E196" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F196" s="7"/>
+      <c r="G196" s="7"/>
+      <c r="H196" s="1"/>
+    </row>
+    <row r="197" spans="1:8" customHeight="1" ht="3">
+      <c r="A197" s="9"/>
+      <c r="B197" s="12"/>
+      <c r="C197" s="9"/>
+      <c r="D197" s="9"/>
+      <c r="E197" s="12"/>
+      <c r="F197" s="1"/>
+      <c r="G197" s="1"/>
+      <c r="H197" s="1"/>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B198" s="11" t="s">
+        <v>157</v>
+      </c>
+      <c r="C198" s="11"/>
+      <c r="D198" s="11"/>
+      <c r="E198" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F198" s="1"/>
+      <c r="G198" s="1"/>
+      <c r="H198" s="1"/>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" s="9"/>
+      <c r="B199" s="12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C199" s="9">
+        <v>1985</v>
+      </c>
+      <c r="D199" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E199" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F199" s="7"/>
+      <c r="G199" s="7"/>
+      <c r="H199" s="1"/>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" s="9"/>
+      <c r="B200" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="C200" s="9">
+        <v>1987</v>
+      </c>
+      <c r="D200" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E200" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F200" s="7"/>
+      <c r="G200" s="7"/>
+      <c r="H200" s="1"/>
+    </row>
+    <row r="201" spans="1:8" customHeight="1" ht="3">
+      <c r="A201" s="9"/>
+      <c r="B201" s="12"/>
+      <c r="C201" s="9"/>
+      <c r="D201" s="9"/>
+      <c r="E201" s="12"/>
+      <c r="F201" s="1"/>
+      <c r="G201" s="1"/>
+      <c r="H201" s="1"/>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B202" s="11" t="s">
+        <v>160</v>
+      </c>
+      <c r="C202" s="11"/>
+      <c r="D202" s="11"/>
+      <c r="E202" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F202" s="1"/>
+      <c r="G202" s="1"/>
+      <c r="H202" s="1"/>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" s="9"/>
+      <c r="B203" s="12" t="s">
+        <v>161</v>
+      </c>
+      <c r="C203" s="9">
+        <v>2011</v>
+      </c>
+      <c r="D203" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="E203" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F203" s="7"/>
+      <c r="G203" s="7"/>
+      <c r="H203" s="1"/>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" s="9"/>
+      <c r="B204" s="12" t="s">
+        <v>162</v>
+      </c>
+      <c r="C204" s="9">
+        <v>1989</v>
+      </c>
+      <c r="D204" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="E204" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F204" s="7"/>
+      <c r="G204" s="7"/>
+      <c r="H204" s="1"/>
+    </row>
+    <row r="205" spans="1:8" customHeight="1" ht="3">
+      <c r="A205" s="9"/>
+      <c r="B205" s="12"/>
+      <c r="C205" s="9"/>
+      <c r="D205" s="9"/>
+      <c r="E205" s="12"/>
+      <c r="F205" s="1"/>
+      <c r="G205" s="1"/>
+      <c r="H205" s="1"/>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B206" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="C206" s="11"/>
+      <c r="D206" s="11"/>
+      <c r="E206" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F206" s="1"/>
+      <c r="G206" s="1"/>
+      <c r="H206" s="1"/>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" s="9"/>
+      <c r="B207" s="12" t="s">
+        <v>164</v>
+      </c>
+      <c r="C207" s="9">
+        <v>2000</v>
+      </c>
+      <c r="D207" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="E207" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F207" s="7"/>
+      <c r="G207" s="7"/>
+      <c r="H207" s="1"/>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" s="9"/>
+      <c r="B208" s="12" t="s">
+        <v>165</v>
+      </c>
+      <c r="C208" s="9"/>
+      <c r="D208" s="9" t="s">
+        <v>178</v>
+      </c>
+      <c r="E208" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F208" s="7"/>
+      <c r="G208" s="7"/>
+      <c r="H208" s="1"/>
+    </row>
+    <row r="209" spans="1:8" customHeight="1" ht="3">
+      <c r="A209" s="9"/>
+      <c r="B209" s="12"/>
+      <c r="C209" s="9"/>
+      <c r="D209" s="9"/>
+      <c r="E209" s="12"/>
+      <c r="F209" s="1"/>
+      <c r="G209" s="1"/>
+      <c r="H209" s="1"/>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B210" s="11" t="s">
+        <v>166</v>
+      </c>
+      <c r="C210" s="11"/>
+      <c r="D210" s="11"/>
+      <c r="E210" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F210" s="1"/>
+      <c r="G210" s="1"/>
+      <c r="H210" s="1"/>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" s="9"/>
+      <c r="B211" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C211" s="9">
         <v>2006</v>
       </c>
-      <c r="D157" s="9" t="s">
-[...244 lines deleted...]
-      <c r="C173" s="9">
+      <c r="D211" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="E211" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F211" s="7"/>
+      <c r="G211" s="7"/>
+      <c r="H211" s="1"/>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" s="9"/>
+      <c r="B212" s="12" t="s">
+        <v>168</v>
+      </c>
+      <c r="C212" s="9">
+        <v>2010</v>
+      </c>
+      <c r="D212" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="E212" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F212" s="7"/>
+      <c r="G212" s="7"/>
+      <c r="H212" s="1"/>
+    </row>
+    <row r="213" spans="1:8" customHeight="1" ht="3">
+      <c r="A213" s="9"/>
+      <c r="B213" s="12"/>
+      <c r="C213" s="9"/>
+      <c r="D213" s="9"/>
+      <c r="E213" s="12"/>
+      <c r="F213" s="1"/>
+      <c r="G213" s="1"/>
+      <c r="H213" s="1"/>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B214" s="11" t="s">
+        <v>169</v>
+      </c>
+      <c r="C214" s="11"/>
+      <c r="D214" s="11"/>
+      <c r="E214" s="11" t="s">
+        <v>186</v>
+      </c>
+      <c r="F214" s="1"/>
+      <c r="G214" s="1"/>
+      <c r="H214" s="1"/>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" s="9"/>
+      <c r="B215" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C215" s="9">
+        <v>2014</v>
+      </c>
+      <c r="D215" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="E215" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F215" s="7"/>
+      <c r="G215" s="7"/>
+      <c r="H215" s="1"/>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" s="9"/>
+      <c r="B216" s="12" t="s">
+        <v>171</v>
+      </c>
+      <c r="C216" s="9">
         <v>2012</v>
       </c>
-      <c r="D173" s="9" t="s">
-[...17 lines deleted...]
-      <c r="D174" s="9" t="s">
+      <c r="D216" s="9" t="s">
         <v>180</v>
       </c>
-      <c r="E174" s="12" t="s">
-[...641 lines deleted...]
-      <c r="G216" s="8"/>
+      <c r="E216" s="12" t="s">
+        <v>186</v>
+      </c>
+      <c r="F216" s="7"/>
+      <c r="G216" s="7"/>
       <c r="H216" s="1"/>
     </row>
-    <row r="217" spans="1:8">
-[...6 lines deleted...]
-      <c r="G217" s="8"/>
+    <row r="217" spans="1:8" customHeight="1" ht="3">
+      <c r="A217" s="9"/>
+      <c r="B217" s="12"/>
+      <c r="C217" s="9"/>
+      <c r="D217" s="9"/>
+      <c r="E217" s="12"/>
+      <c r="F217" s="1"/>
+      <c r="G217" s="1"/>
       <c r="H217" s="1"/>
     </row>
     <row r="218" spans="1:8">
-      <c r="A218" s="13" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A218" s="13"/>
       <c r="B218" s="8"/>
-      <c r="C218" s="8" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C218" s="8"/>
       <c r="D218" s="8"/>
       <c r="E218" s="8"/>
       <c r="F218" s="8"/>
       <c r="G218" s="8"/>
       <c r="H218" s="1"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="13"/>
       <c r="B219" s="8"/>
       <c r="C219" s="8"/>
       <c r="D219" s="8"/>
       <c r="E219" s="8"/>
       <c r="F219" s="8"/>
       <c r="G219" s="8"/>
       <c r="H219" s="1"/>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B220" s="8"/>
       <c r="C220" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D220" s="8"/>
       <c r="E220" s="8"/>
       <c r="F220" s="8"/>
       <c r="G220" s="8"/>
       <c r="H220" s="1"/>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="13"/>
       <c r="B221" s="8"/>
       <c r="C221" s="8"/>
       <c r="D221" s="8"/>
       <c r="E221" s="8"/>
       <c r="F221" s="8"/>
       <c r="G221" s="8"/>
       <c r="H221" s="1"/>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B222" s="8"/>
       <c r="C222" s="8" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D222" s="8"/>
       <c r="E222" s="8"/>
       <c r="F222" s="8"/>
       <c r="G222" s="8"/>
       <c r="H222" s="1"/>
     </row>
     <row r="223" spans="1:8">
-      <c r="A223" s="14"/>
-[...5 lines deleted...]
-      <c r="G223" s="1"/>
+      <c r="A223" s="13"/>
+      <c r="B223" s="8"/>
+      <c r="C223" s="8"/>
+      <c r="D223" s="8"/>
+      <c r="E223" s="8"/>
+      <c r="F223" s="8"/>
+      <c r="G223" s="8"/>
       <c r="H223" s="1"/>
     </row>
     <row r="224" spans="1:8">
-      <c r="A224" s="14"/>
-[...5 lines deleted...]
-      <c r="G224" s="1"/>
+      <c r="A224" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B224" s="8"/>
+      <c r="C224" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="D224" s="8"/>
+      <c r="E224" s="8"/>
+      <c r="F224" s="8"/>
+      <c r="G224" s="8"/>
       <c r="H224" s="1"/>
     </row>
     <row r="225" spans="1:8">
-      <c r="A225" s="1"/>
+      <c r="A225" s="14"/>
       <c r="B225" s="1"/>
       <c r="C225" s="1"/>
       <c r="D225" s="1"/>
       <c r="E225" s="1"/>
       <c r="F225" s="1"/>
       <c r="G225" s="1"/>
       <c r="H225" s="1"/>
     </row>
     <row r="226" spans="1:8">
-      <c r="A226" s="1"/>
+      <c r="A226" s="14"/>
       <c r="B226" s="1"/>
       <c r="C226" s="1"/>
       <c r="D226" s="1"/>
       <c r="E226" s="1"/>
       <c r="F226" s="1"/>
       <c r="G226" s="1"/>
       <c r="H226" s="1"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1"/>
       <c r="B227" s="1"/>
       <c r="C227" s="1"/>
       <c r="D227" s="1"/>
       <c r="E227" s="1"/>
       <c r="F227" s="1"/>
       <c r="G227" s="1"/>
       <c r="H227" s="1"/>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1"/>
       <c r="B228" s="1"/>
       <c r="C228" s="1"/>
       <c r="D228" s="1"/>
       <c r="E228" s="1"/>
       <c r="F228" s="1"/>
@@ -12184,53 +12203,53 @@
       <c r="B999" s="1"/>
       <c r="C999" s="1"/>
       <c r="D999" s="1"/>
       <c r="E999" s="1"/>
       <c r="F999" s="1"/>
       <c r="G999" s="1"/>
       <c r="H999" s="1"/>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" s="1"/>
       <c r="B1000" s="1"/>
       <c r="C1000" s="1"/>
       <c r="D1000" s="1"/>
       <c r="E1000" s="1"/>
       <c r="F1000" s="1"/>
       <c r="G1000" s="1"/>
       <c r="H1000" s="1"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="A5:B5"/>
-    <mergeCell ref="C218:E218"/>
     <mergeCell ref="C220:E220"/>
     <mergeCell ref="C222:E222"/>
+    <mergeCell ref="C224:E224"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId_hyperlink_1"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>