--- v0 (2025-12-08)
+++ v1 (2026-02-12)
@@ -89,54 +89,54 @@
   <si>
     <t>Ереклинцев Алексей</t>
   </si>
   <si>
     <t>Курьин Максим</t>
   </si>
   <si>
     <t>Губко Александр</t>
   </si>
   <si>
     <t>Казак Кирилл</t>
   </si>
   <si>
     <t>Слепченков Илья</t>
   </si>
   <si>
     <t>Угай Дмитрий</t>
   </si>
   <si>
     <t>Бастрыкин Иван</t>
   </si>
   <si>
     <t>Мерзляков Сергей</t>
   </si>
   <si>
-    <t>Николай Фетисов</t>
+    <t>Плотников Семен</t>
   </si>
   <si>
-    <t>Плотников Семен</t>
+    <t>Фетисов Николай</t>
   </si>
   <si>
     <t>Алалыкин Иван</t>
   </si>
   <si>
     <t>Гладков Сергей</t>
   </si>
   <si>
     <t>Гладкова Наталья</t>
   </si>
   <si>
     <t>Стенникова Злата</t>
   </si>
   <si>
     <t>Делидов Глеб</t>
   </si>
   <si>
     <t>Жданов Андрей</t>
   </si>
   <si>
     <t>Зелютин Владимир</t>
   </si>
   <si>
     <t>Катаев Дмитрий</t>
   </si>
@@ -880,71 +880,71 @@
       </c>
       <c r="B17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8">
         <v>2002</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v>2010</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E20" s="9" t="s">