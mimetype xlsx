--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -1496,51 +1496,51 @@
       </c>
       <c r="C43" s="8">
         <v>2009</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>1982</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F45" s="1"/>
@@ -1716,51 +1716,51 @@
       </c>
       <c r="C54" s="8">
         <v>2004</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>78</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C55" s="8">
         <v>2001</v>
       </c>
       <c r="D55" s="8" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="8">
         <v>2010</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>84</v>
       </c>
       <c r="F56" s="1"/>