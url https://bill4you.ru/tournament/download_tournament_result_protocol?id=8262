--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -1227,71 +1227,71 @@
       </c>
       <c r="C29" s="8">
         <v>2010</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>83</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
         <v>2001</v>
       </c>
       <c r="D30" s="8" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>89</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
         <v>1960</v>
       </c>
       <c r="D31" s="8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
         <v>2009</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>87</v>
       </c>
       <c r="F32" s="1"/>