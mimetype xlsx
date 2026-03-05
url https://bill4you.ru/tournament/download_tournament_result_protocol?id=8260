--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -1559,51 +1559,51 @@
       <c r="B46" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C46" s="8"/>
       <c r="D46" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C47" s="8">
         <v>1960</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>1982</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>81</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F48" s="1"/>