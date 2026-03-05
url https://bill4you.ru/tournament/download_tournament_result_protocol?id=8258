--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -1475,51 +1475,51 @@
       </c>
       <c r="C43" s="8">
         <v>2008</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>75</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>1960</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2013</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>78</v>
       </c>
       <c r="F45" s="1"/>