--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1066,51 +1066,53 @@
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="8">
         <v>1979</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
-      <c r="C28" s="8"/>
+      <c r="C28" s="8">
+        <v>1974</v>
+      </c>
       <c r="D28" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>1970</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>49</v>