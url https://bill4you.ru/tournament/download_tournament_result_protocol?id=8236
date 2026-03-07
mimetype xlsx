--- v0 (2025-10-02)
+++ v1 (2026-03-07)
@@ -708,51 +708,51 @@
       </c>
       <c r="C10" s="8">
         <v>1980</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="8">
         <v>2002</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="8">
         <v>2001</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="1"/>
@@ -848,91 +848,91 @@
       </c>
       <c r="C17" s="8">
         <v>1980</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>40</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>1985</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>1960</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>1998</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="8">
         <v>2014</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F21" s="1"/>