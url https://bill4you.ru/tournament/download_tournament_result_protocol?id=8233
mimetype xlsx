--- v0 (2025-10-02)
+++ v1 (2026-02-08)
@@ -867,51 +867,51 @@
       </c>
       <c r="B7" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>110</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>112</v>
       </c>
       <c r="E7" s="8" t="s">
         <v>114</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="8">
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C8" s="8">
-        <v>1961</v>
+        <v>1962</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>113</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="8">
         <v>1957</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>113</v>
       </c>
       <c r="E9" s="9" t="s">