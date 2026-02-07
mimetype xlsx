--- v0 (2025-10-02)
+++ v1 (2026-02-07)
@@ -687,51 +687,51 @@
       <c r="B8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="8"/>
       <c r="D8" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="8">
         <v>1990</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="8">
         <v>1984</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F10" s="1"/>
@@ -976,51 +976,51 @@
       </c>
       <c r="B23" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="8">
         <v>1983</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="8">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="8">
         <v>1991</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>46</v>
       </c>
       <c r="E25" s="9" t="s">