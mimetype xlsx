--- v0 (2025-10-22)
+++ v1 (2026-03-07)
@@ -1296,51 +1296,53 @@
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
         <v>1967</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
-      <c r="C36" s="8"/>
+      <c r="C36" s="8">
+        <v>1973</v>
+      </c>
       <c r="D36" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>75</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>1998</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>73</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>75</v>