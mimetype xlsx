--- v0 (2025-10-17)
+++ v1 (2025-12-03)
@@ -131,51 +131,51 @@
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Санкт-Петербург</t>
   </si>
   <si>
-    <t>Республика Татарстан</t>
+    <t>Республика Татарстан (Татарстан)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -739,51 +739,51 @@
       </c>
       <c r="C12" s="8">
         <v>2004</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C13" s="8">
         <v>2005</v>
       </c>
       <c r="D13" s="8" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8">
         <v>2008</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="1"/>