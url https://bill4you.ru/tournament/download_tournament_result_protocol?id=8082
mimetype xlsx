--- v0 (2025-12-03)
+++ v1 (2026-03-04)
@@ -947,51 +947,51 @@
       </c>
       <c r="C17" s="8">
         <v>2006</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>67</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C18" s="8">
         <v>1960</v>
       </c>
       <c r="D18" s="8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>1997</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>65</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>72</v>
       </c>
       <c r="F19" s="1"/>