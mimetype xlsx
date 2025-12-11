--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -911,51 +911,51 @@
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>1972</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
-        <v>2099</v>
+        <v>2025</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>1994</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E20" s="9" t="s">
@@ -1171,51 +1171,51 @@
       </c>
       <c r="B31" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="8">
         <v>1986</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>58</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C32" s="8">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C33" s="8">
         <v>1974</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E33" s="9" t="s">