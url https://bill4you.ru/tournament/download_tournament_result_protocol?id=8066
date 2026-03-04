--- v1 (2025-12-11)
+++ v2 (2026-03-04)
@@ -164,51 +164,51 @@
   <si>
     <t>Мацан Александр</t>
   </si>
   <si>
     <t>Сычевский Александр</t>
   </si>
   <si>
     <t>Хатиев Камалдин</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
   <si>
     <t>Мегион</t>
   </si>
   <si>
     <t>Нефтеюганск</t>
   </si>
   <si>
     <t>Пыть-Ях</t>
   </si>
   <si>
     <t>Нижневартовск</t>
   </si>
   <si>
     <t>Когалым</t>
   </si>
   <si>
     <t>Москва</t>
   </si>