--- v0 (2025-11-05)
+++ v1 (2026-03-16)
@@ -56,51 +56,51 @@
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Харисов Айдар</t>
   </si>
   <si>
     <t>Бачиннова Алена</t>
   </si>
   <si>
     <t>Евтеева Екатерина</t>
   </si>
   <si>
-    <t>Kukarkin Mikhail</t>
+    <t>Кукаркин Михаил</t>
   </si>
   <si>
     <t>Цыпуштанов Алексей</t>
   </si>
   <si>
     <t>Чудинов Роман</t>
   </si>
   <si>
     <t>Ахмадеев Евгений</t>
   </si>
   <si>
     <t>Яранцева Надежда</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>