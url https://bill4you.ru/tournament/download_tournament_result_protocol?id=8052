--- v0 (2025-10-17)
+++ v1 (2025-12-08)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>8-й этап "Серия бильярдных турниров «СЕЗОНЫ»"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>06.09.2025, Бильярдная 1, Россия, Республика Татарстан, Казань, ул. Рихарда Зорге 66В</t>
+    <t>06.09.2025, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 41</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>