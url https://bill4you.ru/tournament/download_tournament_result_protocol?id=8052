--- v1 (2025-12-08)
+++ v2 (2026-02-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>8-й этап "Серия бильярдных турниров «СЕЗОНЫ»"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>06.09.2025, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -137,51 +137,51 @@
   <si>
     <t>Поляков Алексей</t>
   </si>
   <si>
     <t>Рахманов Рустам</t>
   </si>
   <si>
     <t>Саргисов Эдуард</t>
   </si>
   <si>
     <t>Хавкин Валентин</t>
   </si>
   <si>
     <t>Хван Роберт</t>
   </si>
   <si>
     <t>Шакирянов Рустам</t>
   </si>
   <si>
     <t>Артамонов Юрий</t>
   </si>
   <si>
     <t>Богинский Максим</t>
   </si>
   <si>
-    <t>Василенко Николай</t>
+    <t>Валерьянов Валерий</t>
   </si>
   <si>
     <t>Галиуллин Линар</t>
   </si>
   <si>
     <t>Колпаков Андрей</t>
   </si>
   <si>
     <t>Салимзянов Марат</t>
   </si>
   <si>
     <t>Слепнёв Андрей</t>
   </si>
   <si>
     <t>Шигапов Самат</t>
   </si>
   <si>
     <t>Абдуллаев Сарвар</t>
   </si>
   <si>
     <t>Аглямов Ильшат</t>
   </si>
   <si>
     <t>Басыров Александр</t>
   </si>
@@ -218,60 +218,63 @@
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Иваново</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
   <si>
     <t>Чебоксары</t>
   </si>
   <si>
     <t>Уфа</t>
   </si>
   <si>
     <t>Ульяновск</t>
   </si>
   <si>
-    <t>Киров</t>
+    <t>Рязань</t>
   </si>
   <si>
     <t>Йошкар-Ола</t>
   </si>
   <si>
     <t>Феодосия</t>
   </si>
   <si>
     <t>Тюмень</t>
+  </si>
+  <si>
+    <t>курортный посёлок Озеро-Карачи</t>
   </si>
   <si>
     <t>Нижнекамск</t>
   </si>
   <si>
     <t>Кинешма</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -1243,56 +1246,58 @@
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>1994</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
-      <c r="C34" s="8"/>
+      <c r="C34" s="8">
+        <v>1967</v>
+      </c>
       <c r="D34" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8"/>
       <c r="D35" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E35" s="9"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
@@ -1384,89 +1389,89 @@
       </c>
       <c r="D40" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>2004</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E41" s="9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>1986</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C43" s="8"/>
       <c r="D43" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E43" s="9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>2011</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>60</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>