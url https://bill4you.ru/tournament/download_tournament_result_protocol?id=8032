--- v0 (2025-10-19)
+++ v1 (2026-01-29)
@@ -80,51 +80,51 @@
   <si>
     <t>Осинцева Варвара</t>
   </si>
   <si>
     <t>Пронина София</t>
   </si>
   <si>
     <t>Морозова Ольга</t>
   </si>
   <si>
     <t>Шинальская Екатерина</t>
   </si>
   <si>
     <t>Глущенко Майя</t>
   </si>
   <si>
     <t>Нягулова Ирина</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Михеев Александр</t>
   </si>
   <si>
-    <t>Петр Шумков</t>
+    <t>Шумков Петр</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>