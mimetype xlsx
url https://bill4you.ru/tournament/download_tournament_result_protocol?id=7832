--- v0 (2025-10-06)
+++ v1 (2025-12-25)
@@ -92,156 +92,156 @@
   <si>
     <t>Цой Олег</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
     <t>Чухланцев / Шагалов</t>
   </si>
   <si>
     <t>Чухланцев Евгений</t>
   </si>
   <si>
     <t>Шагалов Иван</t>
   </si>
   <si>
     <t>Зартдинов / Набиуллин</t>
   </si>
   <si>
     <t>Зартдинов Евгений</t>
   </si>
   <si>
     <t>Набиуллин Роберт</t>
   </si>
   <si>
+    <t>Сосновский/Сухоруков</t>
+  </si>
+  <si>
+    <t>Сосновский Константин</t>
+  </si>
+  <si>
+    <t>Сухоруков Сергей</t>
+  </si>
+  <si>
     <t>Силантьев / Хуббутдинов</t>
   </si>
   <si>
     <t>Силантьев Сергей</t>
   </si>
   <si>
     <t>Хуббутдинов Винер</t>
-  </si>
-[...7 lines deleted...]
-    <t>Сухоруков Сергей</t>
   </si>
   <si>
     <t>Фазылов / Шуматбаев</t>
   </si>
   <si>
     <t>Фазылов Денис</t>
   </si>
   <si>
     <t>Шуматбаев Эдуард</t>
   </si>
   <si>
     <t>Галямшин / Муллакаев</t>
   </si>
   <si>
     <t>Галямшин Генадий</t>
   </si>
   <si>
     <t>Муллакаев Алмаз</t>
+  </si>
+  <si>
+    <t>Ахметзянов/Жувиков</t>
+  </si>
+  <si>
+    <t>Ахметзянов Булат</t>
+  </si>
+  <si>
+    <t>Жувиков Александр</t>
   </si>
   <si>
     <t>Климин/Шумских</t>
   </si>
   <si>
     <t>Шумских Филипп</t>
   </si>
   <si>
     <t>Климин Станислав</t>
   </si>
   <si>
     <t>Старчиков / Целищев</t>
   </si>
   <si>
     <t>Старчиков Сергей</t>
   </si>
   <si>
     <t>Целищев Андрей</t>
   </si>
   <si>
     <t>Вотинцев/Перешеин</t>
   </si>
   <si>
     <t>Вотинцев Никита</t>
   </si>
   <si>
     <t>Перешеин Михаил</t>
   </si>
   <si>
-    <t>Ахметзянов/Жувиков</t>
+    <t>Исламов/ Саляхов</t>
   </si>
   <si>
-    <t>Ахметзянов Булат</t>
+    <t>Саляхов Алан</t>
   </si>
   <si>
-    <t>Жувиков Александр</t>
+    <t>Исламов Дамир</t>
+  </si>
+  <si>
+    <t>Валиев / Салимов</t>
+  </si>
+  <si>
+    <t>Валиев Артур</t>
+  </si>
+  <si>
+    <t>Салимов Руслан</t>
   </si>
   <si>
     <t>Ишпаев / Маликов</t>
   </si>
   <si>
     <t>Ишпаев Владимир</t>
   </si>
   <si>
     <t>Маликов Нияз</t>
   </si>
   <si>
     <t>Абрамов / Киселев</t>
   </si>
   <si>
     <t>Абрамов Владимир</t>
   </si>
   <si>
     <t>Киселев Александр</t>
-  </si>
-[...16 lines deleted...]
-    <t>Салимов Руслан</t>
   </si>
   <si>
     <t>Мухгалина / Талибрахманов</t>
   </si>
   <si>
     <t>Мухгалина Елена</t>
   </si>
   <si>
     <t>Талибрахманов Ильдар</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>МС</t>
   </si>
@@ -1012,147 +1012,149 @@
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>26</v>
       </c>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="11" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="9"/>
       <c r="B25" s="12" t="s">
         <v>27</v>
       </c>
       <c r="C25" s="9">
-        <v>1979</v>
+        <v>1989</v>
       </c>
       <c r="D25" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E25" s="12" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="7"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="9"/>
       <c r="B26" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="C26" s="9"/>
+      <c r="C26" s="9">
+        <v>1986</v>
+      </c>
       <c r="D26" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E26" s="12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8" customHeight="1" ht="3">
       <c r="A27" s="9"/>
       <c r="B27" s="12"/>
       <c r="C27" s="9"/>
       <c r="D27" s="9"/>
       <c r="E27" s="12"/>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>29</v>
       </c>
       <c r="C28" s="11"/>
       <c r="D28" s="11"/>
       <c r="E28" s="11" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="9"/>
       <c r="B29" s="12" t="s">
         <v>30</v>
       </c>
       <c r="C29" s="9">
-        <v>1989</v>
+        <v>1979</v>
       </c>
       <c r="D29" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E29" s="12" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="7"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="9"/>
       <c r="B30" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C30" s="9">
-        <v>1986</v>
+        <v>1989</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E30" s="12" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="7"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8" customHeight="1" ht="3">
       <c r="A31" s="9"/>
       <c r="B31" s="12"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="12"/>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10" t="s">
         <v>7</v>
       </c>
       <c r="B32" s="11" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="11"/>
       <c r="D32" s="11"/>
       <c r="E32" s="11" t="s">
@@ -1258,511 +1260,511 @@
       </c>
       <c r="F38" s="7"/>
       <c r="G38" s="7"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8" customHeight="1" ht="3">
       <c r="A39" s="9"/>
       <c r="B39" s="12"/>
       <c r="C39" s="9"/>
       <c r="D39" s="9"/>
       <c r="E39" s="12"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C40" s="11"/>
       <c r="D40" s="11"/>
       <c r="E40" s="11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="9"/>
       <c r="B41" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C41" s="9">
-        <v>1984</v>
+        <v>1975</v>
       </c>
       <c r="D41" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E41" s="12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="7"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="9"/>
       <c r="B42" s="12" t="s">
         <v>40</v>
       </c>
       <c r="C42" s="9">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="D42" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E42" s="12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="7"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8" customHeight="1" ht="3">
       <c r="A43" s="9"/>
       <c r="B43" s="12"/>
       <c r="C43" s="9"/>
       <c r="D43" s="9"/>
       <c r="E43" s="12"/>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B44" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C44" s="11"/>
       <c r="D44" s="11"/>
       <c r="E44" s="11" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="9"/>
       <c r="B45" s="12" t="s">
         <v>42</v>
       </c>
       <c r="C45" s="9">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="D45" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E45" s="12" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="7"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="9"/>
       <c r="B46" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="C46" s="9"/>
+      <c r="C46" s="9">
+        <v>1984</v>
+      </c>
       <c r="D46" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E46" s="12" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="7"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8" customHeight="1" ht="3">
       <c r="A47" s="9"/>
       <c r="B47" s="12"/>
       <c r="C47" s="9"/>
       <c r="D47" s="9"/>
       <c r="E47" s="12"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B48" s="11" t="s">
         <v>44</v>
       </c>
       <c r="C48" s="11"/>
       <c r="D48" s="11"/>
       <c r="E48" s="11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="9"/>
       <c r="B49" s="12" t="s">
         <v>45</v>
       </c>
       <c r="C49" s="9">
-        <v>1987</v>
+        <v>1979</v>
       </c>
       <c r="D49" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E49" s="12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="7"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="9"/>
       <c r="B50" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="C50" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C50" s="9"/>
       <c r="D50" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E50" s="12" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="F50" s="7"/>
       <c r="G50" s="7"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8" customHeight="1" ht="3">
       <c r="A51" s="9"/>
       <c r="B51" s="12"/>
       <c r="C51" s="9"/>
       <c r="D51" s="9"/>
       <c r="E51" s="12"/>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B52" s="11" t="s">
         <v>47</v>
       </c>
       <c r="C52" s="11"/>
       <c r="D52" s="11"/>
       <c r="E52" s="11" t="s">
         <v>72</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="9"/>
       <c r="B53" s="12" t="s">
         <v>48</v>
       </c>
       <c r="C53" s="9">
-        <v>1975</v>
+        <v>1987</v>
       </c>
       <c r="D53" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E53" s="12" t="s">
         <v>72</v>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="7"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="9"/>
       <c r="B54" s="12" t="s">
         <v>49</v>
       </c>
       <c r="C54" s="9">
-        <v>1982</v>
+        <v>1988</v>
       </c>
       <c r="D54" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E54" s="12" t="s">
         <v>72</v>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="7"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8" customHeight="1" ht="3">
       <c r="A55" s="9"/>
       <c r="B55" s="12"/>
       <c r="C55" s="9"/>
       <c r="D55" s="9"/>
       <c r="E55" s="12"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11" t="s">
         <v>71</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="9"/>
       <c r="B57" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="9">
-        <v>1961</v>
+        <v>2002</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E57" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="9"/>
       <c r="B58" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C58" s="9">
-        <v>1996</v>
+        <v>1984</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="3">
       <c r="A59" s="9"/>
       <c r="B59" s="12"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="12"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11" t="s">
         <v>71</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="9"/>
       <c r="B61" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="C61" s="9"/>
+      <c r="C61" s="9">
+        <v>1985</v>
+      </c>
       <c r="D61" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="9"/>
       <c r="B62" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C62" s="9">
-        <v>1992</v>
+        <v>1979</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="3">
       <c r="A63" s="9"/>
       <c r="B63" s="12"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="12"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11" t="s">
         <v>71</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="9"/>
       <c r="B65" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C65" s="9">
-        <v>2002</v>
+        <v>1961</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E65" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C66" s="9">
-        <v>1984</v>
+        <v>1996</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E66" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="3">
       <c r="A67" s="9"/>
       <c r="B67" s="12"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="12"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B68" s="11" t="s">
         <v>59</v>
       </c>
       <c r="C68" s="11"/>
       <c r="D68" s="11"/>
       <c r="E68" s="11" t="s">
         <v>71</v>
       </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1"/>
       <c r="H68" s="1"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="9"/>
       <c r="B69" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="C69" s="9">
-[...1 lines deleted...]
-      </c>
+      <c r="C69" s="9"/>
       <c r="D69" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E69" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F69" s="7"/>
       <c r="G69" s="7"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="9"/>
       <c r="B70" s="12" t="s">
         <v>61</v>
       </c>
       <c r="C70" s="9">
-        <v>1979</v>
+        <v>1992</v>
       </c>
       <c r="D70" s="9" t="s">
         <v>68</v>
       </c>
       <c r="E70" s="12" t="s">
         <v>71</v>
       </c>
       <c r="F70" s="7"/>
       <c r="G70" s="7"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8" customHeight="1" ht="3">
       <c r="A71" s="9"/>
       <c r="B71" s="12"/>
       <c r="C71" s="9"/>
       <c r="D71" s="9"/>
       <c r="E71" s="12"/>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="10">
         <v>17</v>
       </c>
@@ -1852,51 +1854,51 @@
       <c r="C78" s="8" t="s">
         <v>15</v>
       </c>
       <c r="D78" s="8"/>
       <c r="E78" s="8"/>
       <c r="F78" s="8"/>
       <c r="G78" s="8"/>
       <c r="H78" s="1"/>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="13"/>
       <c r="B79" s="8"/>
       <c r="C79" s="8"/>
       <c r="D79" s="8"/>
       <c r="E79" s="8"/>
       <c r="F79" s="8"/>
       <c r="G79" s="8"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="13" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="8"/>
       <c r="C80" s="8" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D80" s="8"/>
       <c r="E80" s="8"/>
       <c r="F80" s="8"/>
       <c r="G80" s="8"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="13"/>
       <c r="B81" s="8"/>
       <c r="C81" s="8"/>
       <c r="D81" s="8"/>
       <c r="E81" s="8"/>
       <c r="F81" s="8"/>
       <c r="G81" s="8"/>
       <c r="H81" s="1"/>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="13" t="s">
         <v>12</v>
       </c>
       <c r="B82" s="8"/>
       <c r="C82" s="8" t="s">
         <v>66</v>
       </c>