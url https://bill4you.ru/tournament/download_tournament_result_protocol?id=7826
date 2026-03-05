--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -1461,51 +1461,51 @@
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="8">
         <v>1984</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>145</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>152</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C32" s="8">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>145</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>153</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="8">
         <v>1995</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>145</v>
       </c>
       <c r="E33" s="9" t="s">