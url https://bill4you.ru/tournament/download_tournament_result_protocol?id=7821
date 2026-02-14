--- v0 (2025-10-02)
+++ v1 (2026-02-14)
@@ -107,144 +107,144 @@
   <si>
     <t>Арстанаалиев Нурэл</t>
   </si>
   <si>
     <t>Бейшеев Камиль</t>
   </si>
   <si>
     <t>Жекшенбаев Арсен</t>
   </si>
   <si>
     <t>Карабеков Эржан</t>
   </si>
   <si>
     <t>Момунов Акылбек</t>
   </si>
   <si>
     <t>Эркинов Гулжигит</t>
   </si>
   <si>
     <t>Bolotbek uulu Aman</t>
   </si>
   <si>
     <t>Manapbaev Emir</t>
   </si>
   <si>
+    <t>Arzymatov Amantur</t>
+  </si>
+  <si>
+    <t>zhumabek ersultan</t>
+  </si>
+  <si>
     <t>Абдимиталипов БЕКЗАТ</t>
   </si>
   <si>
     <t>Алмазбеков Нурболот</t>
   </si>
   <si>
     <t>Бакиров Марсель</t>
   </si>
   <si>
     <t>Джолдошев Расул</t>
   </si>
   <si>
     <t>Джунушов Бакытбек</t>
   </si>
   <si>
     <t>Жунусов Бектур</t>
   </si>
   <si>
-    <t>Мирбеков Чынгыз</t>
+    <t>Мирбек уулу Чынгыз</t>
   </si>
   <si>
     <t>Ногоибаев Береке</t>
   </si>
   <si>
     <t>Нурбек уулу Бекгазы</t>
   </si>
   <si>
     <t>Осмоналиев Ислам</t>
   </si>
   <si>
     <t>Тороев Нурислам</t>
   </si>
   <si>
     <t>Шамшидин уулу Айдарбек</t>
   </si>
   <si>
-    <t>Arzymatov Amantur</t>
-[...1 lines deleted...]
-  <si>
     <t>Bekturov Imash</t>
-  </si>
-[...1 lines deleted...]
-    <t>zhumabek ersults</t>
   </si>
   <si>
     <t>Zhumakadyruulu Sanzhar</t>
   </si>
   <si>
     <t>Абдикаримов Абдулла</t>
   </si>
   <si>
     <t>Абыл уулу Нурзамат</t>
   </si>
   <si>
     <t>Акматалиев Маткабыл</t>
   </si>
   <si>
     <t>Арстанбапов Байэл</t>
   </si>
   <si>
     <t>Ашимхан Мұхамеджан</t>
   </si>
   <si>
     <t>Бактыбек уулу Искендер</t>
   </si>
   <si>
     <t>Бекбоев Актан</t>
   </si>
   <si>
     <t>Жунушев Эмир</t>
   </si>
   <si>
     <t>Маданов Ақназар</t>
   </si>
   <si>
     <t>Нуржан уулу Илим</t>
   </si>
   <si>
     <t>Рыскулбек уулу Бактияр</t>
   </si>
   <si>
     <t>Сарыбаев Тилекмат</t>
   </si>
   <si>
     <t>Талант уулу Байэл</t>
   </si>
   <si>
+    <t>Торобаев Амандин</t>
+  </si>
+  <si>
     <t>Bolotbekov Tynchtyk</t>
   </si>
   <si>
     <t>Kudaibergenov Arsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Torobaev Amandin</t>
   </si>
   <si>
     <t>Адилет уулу Алишер</t>
   </si>
   <si>
     <t>Барктабасов Чынгыз</t>
   </si>
   <si>
     <t>Деркенбаев Иляс</t>
   </si>
   <si>
     <t>Джумабеков Азиз</t>
   </si>
   <si>
     <t>Имашев Эрлан</t>
   </si>
   <si>
     <t>Канатбай Алдияр</t>
   </si>
   <si>
     <t>Кутбидинов Эльдар</t>
   </si>
   <si>
     <t>Мансурбек уулу Максатбек</t>
   </si>
@@ -275,54 +275,54 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Кыргызстан</t>
   </si>
   <si>
-    <t>Соединённые Штаты Америки</t>
+    <t>Казахстан</t>
   </si>
   <si>
-    <t>Казахстан</t>
+    <t>Соединённые Штаты Америки</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1099,337 +1099,337 @@
       </c>
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8">
         <v>2010</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
-        <v>2007</v>
+        <v>2002</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
-        <v>2011</v>
+        <v>2007</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C26" s="8">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C27" s="8">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="8">
-        <v>2008</v>
+        <v>2003</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C31" s="8">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C32" s="8">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
-        <v>2005</v>
+        <v>2002</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>2003</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>42</v>
       </c>
       <c r="C35" s="8">
-        <v>2002</v>
+        <v>2005</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="D36" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E38" s="9" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
         <v>2002</v>
       </c>
       <c r="D39" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
@@ -1505,51 +1505,51 @@
       </c>
       <c r="D43" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C44" s="8">
         <v>2007</v>
       </c>
       <c r="D44" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E44" s="9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C45" s="8">
         <v>2006</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
@@ -1585,51 +1585,51 @@
       </c>
       <c r="D47" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C48" s="8">
         <v>2003</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E48" s="9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C49" s="8">
         <v>2002</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
@@ -1679,91 +1679,91 @@
       </c>
       <c r="B52" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C52" s="8">
         <v>2004</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C53" s="8">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="D53" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C54" s="8">
-        <v>2008</v>
+        <v>2002</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C55" s="8">
-        <v>2010</v>
+        <v>2008</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C56" s="8">
         <v>2007</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E56" s="9" t="s">
@@ -1845,51 +1845,51 @@
       </c>
       <c r="D60" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C61" s="8">
         <v>2008</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C62" s="8">
         <v>2011</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>82</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>