--- v0 (2025-10-03)
+++ v1 (2026-03-05)
@@ -695,51 +695,51 @@
       </c>
       <c r="C8" s="8">
         <v>2000</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="8">
         <v>2004</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="8">
         <v>2004</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F10" s="1"/>
@@ -815,51 +815,51 @@
       </c>
       <c r="C14" s="8">
         <v>2009</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>2010</v>
       </c>
       <c r="D15" s="8" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>2006</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F16" s="1"/>
@@ -915,51 +915,51 @@
       </c>
       <c r="C19" s="8">
         <v>1976</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>2005</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="8">
         <v>1998</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>51</v>
       </c>
       <c r="F21" s="1"/>