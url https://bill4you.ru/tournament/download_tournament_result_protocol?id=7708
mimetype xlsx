--- v0 (2025-11-04)
+++ v1 (2026-03-20)
@@ -1119,51 +1119,51 @@
       </c>
       <c r="C28" s="8">
         <v>1985</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>2014</v>
       </c>
       <c r="D29" s="8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
         <v>1964</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F30" s="1"/>