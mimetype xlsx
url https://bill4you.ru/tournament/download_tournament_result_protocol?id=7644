--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>БК "Мега", г. Ижевск</t>
   </si>
   <si>
     <t>Пятый этап открытого кубка Удмуртской Республики 2025</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>02.08.2025, БК "Мега", г. Ижевск, Россия, Удмуртская Республика, Ижевск, ул. 10 лет октября,  34</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -150,50 +150,53 @@
     <t>Поторочин Дмитрий</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>Удмуртская Республика</t>
+  </si>
+  <si>
+    <t>Москва</t>
   </si>
   <si>
     <t>Пермский край</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -883,51 +886,51 @@
       </c>
       <c r="D18" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C19" s="8">
         <v>2010</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
         <v>1983</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
@@ -963,51 +966,51 @@
       </c>
       <c r="D22" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C23" s="8">
         <v>1988</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C24" s="8">
         <v>1987</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>