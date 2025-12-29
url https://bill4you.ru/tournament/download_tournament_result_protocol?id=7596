--- v0 (2025-10-02)
+++ v1 (2025-12-29)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Hamza</t>
   </si>
   <si>
     <t>Hamza Junior CUP 2025</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>19.07.2025, Hamza, Казахстан, Жамбылская область, Тараз, Улица Казыбек би,  167</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
@@ -104,102 +104,99 @@
   <si>
     <t>Абдуллаев Еркебулан</t>
   </si>
   <si>
     <t>Алтынбек Азамат</t>
   </si>
   <si>
     <t>Бердібек Бекжан</t>
   </si>
   <si>
     <t>Нарымбет Бірәлі</t>
   </si>
   <si>
     <t>Канатбай Алдияр</t>
   </si>
   <si>
     <t>Тузел Даниял</t>
   </si>
   <si>
     <t>Bulatov Samir</t>
   </si>
   <si>
     <t>Zhetkergenov Daniar</t>
   </si>
   <si>
+    <t>zhumabek ersultan</t>
+  </si>
+  <si>
     <t>Абдраимов Абай</t>
   </si>
   <si>
     <t>Аширов Исмаил</t>
   </si>
   <si>
     <t>Ли Даниил</t>
   </si>
   <si>
     <t>Махмудов Муса</t>
   </si>
   <si>
     <t>Мухамеджан Жасмин</t>
   </si>
   <si>
     <t>Seitkhanov Aziz</t>
   </si>
   <si>
     <t>Turebekov Tolegen</t>
   </si>
   <si>
-    <t>zhumabek ersults</t>
-[...1 lines deleted...]
-  <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Пан Максим</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
-    <t>село Андас-Батыра</t>
+    <t>село Мерке</t>
   </si>
   <si>
     <t>Тараз</t>
   </si>
   <si>
     <t>село Кордай</t>
-  </si>
-[...1 lines deleted...]
-    <t>село Мерке</t>
   </si>
   <si>
     <t>село Кулан</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -849,71 +846,71 @@
       </c>
       <c r="D16" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>2008</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>2009</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>2005</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
@@ -983,197 +980,197 @@
       </c>
       <c r="B23" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="8">
         <v>2007</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="8">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
-        <v>2005</v>
+        <v>2010</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C30" s="8">
         <v>2005</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="8">
-        <v>2007</v>
+        <v>2005</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="10"/>
       <c r="B32" s="7"/>
       <c r="C32" s="7"/>
       <c r="D32" s="7"/>
       <c r="E32" s="7"/>
       <c r="F32" s="7"/>
       <c r="G32" s="7"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="10"/>
       <c r="B33" s="7"/>
       <c r="C33" s="7"/>
       <c r="D33" s="7"/>
       <c r="E33" s="7"/>
       <c r="F33" s="7"/>
       <c r="G33" s="7"/>
       <c r="H33" s="1"/>
     </row>