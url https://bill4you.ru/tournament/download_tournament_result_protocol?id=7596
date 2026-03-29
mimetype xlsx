--- v1 (2025-12-29)
+++ v2 (2026-03-29)
@@ -104,63 +104,63 @@
   <si>
     <t>Абдуллаев Еркебулан</t>
   </si>
   <si>
     <t>Алтынбек Азамат</t>
   </si>
   <si>
     <t>Бердібек Бекжан</t>
   </si>
   <si>
     <t>Нарымбет Бірәлі</t>
   </si>
   <si>
     <t>Канатбай Алдияр</t>
   </si>
   <si>
     <t>Тузел Даниял</t>
   </si>
   <si>
     <t>Bulatov Samir</t>
   </si>
   <si>
     <t>Zhetkergenov Daniar</t>
   </si>
   <si>
+    <t>Mahmudov Musa</t>
+  </si>
+  <si>
     <t>zhumabek ersultan</t>
   </si>
   <si>
     <t>Абдраимов Абай</t>
   </si>
   <si>
     <t>Аширов Исмаил</t>
   </si>
   <si>
     <t>Ли Даниил</t>
-  </si>
-[...1 lines deleted...]
-    <t>Махмудов Муса</t>
   </si>
   <si>
     <t>Мухамеджан Жасмин</t>
   </si>
   <si>
     <t>Seitkhanov Aziz</t>
   </si>
   <si>
     <t>Turebekov Tolegen</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Пан Максим</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -980,131 +980,131 @@
       </c>
       <c r="B23" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="8">
         <v>2007</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
-        <v>2010</v>
+        <v>2007</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C26" s="8">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C27" s="8">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="8">
-        <v>2011</v>
+        <v>2006</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="8">
         <v>2010</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E29" s="9" t="s">