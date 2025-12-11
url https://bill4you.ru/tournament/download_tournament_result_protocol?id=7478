--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -643,51 +643,53 @@
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="8">
         <v>1982</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>15</v>
       </c>
-      <c r="C9" s="8"/>
+      <c r="C9" s="8">
+        <v>1976</v>
+      </c>
       <c r="D9" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="8">
         <v>1985</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>32</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>35</v>