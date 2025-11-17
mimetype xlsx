--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -23,51 +23,51 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>ФБС Республики Татарстан</t>
   </si>
   <si>
     <t>6-й этап "Серия бильярдных турниров «СЕЗОНЫ»"</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
-    <t>28.06.2025, Бильярдная 1, Россия, Республика Татарстан, Казань, ул. Рихарда Зорге 66В</t>
+    <t>28.06.2025, Бильярдная 1, Россия, Республика Татарстан (Татарстан), Казань, ул. Рихарда Зорге 66В</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
     <t>17 - 24</t>
   </si>
   <si>
     <t>25 - 32</t>
   </si>
   <si>
     <t>33 - 46</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>