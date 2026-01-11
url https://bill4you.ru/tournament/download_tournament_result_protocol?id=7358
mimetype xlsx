--- v1 (2025-11-17)
+++ v2 (2026-01-11)
@@ -224,66 +224,66 @@
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Набережные Челны</t>
   </si>
   <si>
     <t>Чебоксары</t>
   </si>
   <si>
-    <t>село Туркменистан</t>
+    <t>Мары</t>
   </si>
   <si>
     <t>Иваново</t>
   </si>
   <si>
     <t>Уфа</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
   <si>
     <t>Нижний Новгород</t>
   </si>
   <si>
-    <t>Киров</t>
+    <t>Рязань</t>
   </si>
   <si>
     <t>Ижевск</t>
   </si>
   <si>
     <t>Йошкар-Ола</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>