--- v0 (2025-10-06)
+++ v1 (2025-12-28)
@@ -74,66 +74,66 @@
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Еременко / Красильников</t>
   </si>
   <si>
     <t>Еременко Сергей</t>
   </si>
   <si>
     <t>Красильников Дмитрий</t>
   </si>
   <si>
     <t>Карабач / Кузнецов</t>
   </si>
   <si>
     <t>Карабач Артур</t>
   </si>
   <si>
     <t>Кузнецов Александр</t>
   </si>
   <si>
+    <t>Алексанян / Геворгян</t>
+  </si>
+  <si>
+    <t>Алексанян Артур</t>
+  </si>
+  <si>
+    <t>Геворгян Артур</t>
+  </si>
+  <si>
     <t>Цой / Пушкарев</t>
   </si>
   <si>
     <t>Цой Олег</t>
   </si>
   <si>
     <t>Пушкарев Алексей</t>
-  </si>
-[...7 lines deleted...]
-    <t>Геворгян Артур</t>
   </si>
   <si>
     <t>Безносов / Городилов</t>
   </si>
   <si>
     <t>Безносов Николай</t>
   </si>
   <si>
     <t>Городилов Василий</t>
   </si>
   <si>
     <t>Зиатдинов / Зорин</t>
   </si>
   <si>
     <t>Зиатдинов Мурат</t>
   </si>
   <si>
     <t>Зорин Владимир</t>
   </si>
   <si>
     <t>Писмеров / Сосновский</t>
   </si>
   <si>
     <t>Писмеров Михаил</t>
   </si>
@@ -960,134 +960,134 @@
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="10">
         <v>3</v>
       </c>
       <c r="B16" s="11" t="s">
         <v>20</v>
       </c>
       <c r="C16" s="11"/>
       <c r="D16" s="11"/>
       <c r="E16" s="11" t="s">
         <v>89</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="9"/>
       <c r="B17" s="12" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="9">
-        <v>1986</v>
+        <v>1982</v>
       </c>
       <c r="D17" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>89</v>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="9"/>
       <c r="B18" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="9">
-        <v>1993</v>
+        <v>1978</v>
       </c>
       <c r="D18" s="9" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>89</v>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="7"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8" customHeight="1" ht="3">
       <c r="A19" s="9"/>
       <c r="B19" s="12"/>
       <c r="C19" s="9"/>
       <c r="D19" s="9"/>
       <c r="E19" s="12"/>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="10">
         <v>3</v>
       </c>
       <c r="B20" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11" t="s">
         <v>89</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="9"/>
       <c r="B21" s="12" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="9">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="D21" s="9" t="s">
         <v>85</v>
       </c>
       <c r="E21" s="12" t="s">
         <v>89</v>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="7"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="9"/>
       <c r="B22" s="12" t="s">
         <v>25</v>
       </c>
       <c r="C22" s="9">
-        <v>1978</v>
+        <v>1993</v>
       </c>
       <c r="D22" s="9" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="E22" s="12" t="s">
         <v>89</v>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="7"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8" customHeight="1" ht="3">
       <c r="A23" s="9"/>
       <c r="B23" s="12"/>
       <c r="C23" s="9"/>
       <c r="D23" s="9"/>
       <c r="E23" s="12"/>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="10" t="s">
         <v>6</v>
       </c>
       <c r="B24" s="11" t="s">
         <v>26</v>
       </c>