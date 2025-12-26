--- v0 (2025-10-03)
+++ v1 (2025-12-26)
@@ -194,54 +194,54 @@
   <si>
     <t>Коротин Даниил</t>
   </si>
   <si>
     <t>Слесарев Александр</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>1юн</t>
+    <t>1р</t>
   </si>
   <si>
-    <t>1р</t>
+    <t>1юн</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -951,51 +951,51 @@
       </c>
       <c r="C19" s="8">
         <v>1977</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v>2014</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>1989</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F21" s="1"/>
@@ -1109,51 +1109,51 @@
       </c>
       <c r="C27" s="8">
         <v>1997</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="8">
         <v>1982</v>
       </c>
       <c r="D28" s="8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="8">
         <v>1993</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F29" s="1"/>
@@ -1325,51 +1325,51 @@
       </c>
       <c r="C38" s="8">
         <v>1981</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B39" s="9" t="s">
         <v>46</v>
       </c>
       <c r="C39" s="8">
         <v>2014</v>
       </c>
       <c r="D39" s="8" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E39" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F39" s="1"/>
       <c r="G39" s="1"/>
       <c r="H39" s="1"/>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B40" s="9" t="s">
         <v>47</v>
       </c>
       <c r="C40" s="8">
         <v>1993</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>57</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>63</v>
       </c>
       <c r="F40" s="1"/>