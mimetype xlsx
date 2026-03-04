--- v0 (2025-10-25)
+++ v1 (2026-03-04)
@@ -155,51 +155,51 @@
   <si>
     <t>Егоров Константин</t>
   </si>
   <si>
     <t>Иосько Кирилл</t>
   </si>
   <si>
     <t>Коробов Василий</t>
   </si>
   <si>
     <t>Марков Александр</t>
   </si>
   <si>
     <t>Мартьянов Игорь</t>
   </si>
   <si>
     <t>Назаров Андрей</t>
   </si>
   <si>
     <t>Налогин Максим</t>
   </si>
   <si>
     <t>Разин Юрий</t>
   </si>
   <si>
-    <t>Аманбай Уулу Нургазы</t>
+    <t>Аманбай уулу Нургазы</t>
   </si>
   <si>
     <t>Горелов Андрей</t>
   </si>
   <si>
     <t>Дроздов Игорь</t>
   </si>
   <si>
     <t>Дружинин Владимир</t>
   </si>
   <si>
     <t>Коган Евгений</t>
   </si>
   <si>
     <t>Козичев Александр</t>
   </si>
   <si>
     <t>Коломиец Виталий</t>
   </si>
   <si>
     <t>Кононов Игорь</t>
   </si>
   <si>
     <t>Кунафин Андрей</t>
   </si>
@@ -224,51 +224,51 @@
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Ереван</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
-    <t>Бишкек</t>
+    <t>Манас</t>
   </si>
   <si>
     <t>Казань</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>