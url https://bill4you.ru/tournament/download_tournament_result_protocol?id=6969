--- v0 (2025-10-05)
+++ v1 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t xml:space="preserve">ФБС Новосибирской области </t>
   </si>
   <si>
     <t>Чемпионат города Новосибирска "Свободная пирамида" (спорт глухих)</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>31.05.2025, "Федерация", Россия, Новосибирская область, Новосибирск, ул. Вокзальная магистраль,  д. 1б</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
@@ -126,53 +126,50 @@
     <t>Суслов Виктор</t>
   </si>
   <si>
     <t>Комбаров Роман</t>
   </si>
   <si>
     <t>Шалович Виктор</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>Михалицын Александр</t>
   </si>
   <si>
     <t>Прудникова Дарья</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
-  </si>
-[...1 lines deleted...]
-    <t>3р</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Новокузнецк</t>
   </si>
   <si>
     <t>Новосибирск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -631,411 +628,411 @@
     </row>
     <row r="4" spans="1:8" customHeight="1" ht="35">
       <c r="A4" s="5" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="8" t="s">
         <v>5</v>
       </c>
       <c r="B7" s="8" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="8" t="s">
         <v>32</v>
       </c>
       <c r="D7" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="8" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="8">
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="8">
         <v>1974</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E8" s="9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C9" s="8">
         <v>1963</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="E9" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="8">
         <v>1973</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E10" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C11" s="8">
         <v>1953</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C12" s="8">
         <v>1974</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>1945</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E13" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C14" s="8">
         <v>1948</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>1972</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E15" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
         <v>1988</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E16" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>1960</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E17" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
         <v>1967</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>1975</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C20" s="8">
         <v>2013</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="E20" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C21" s="8">
         <v>1967</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C22" s="8">
         <v>1963</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C23" s="8">
         <v>1959</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="8">
         <v>1976</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E24" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="8">
         <v>1953</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>37</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="10"/>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="7"/>
       <c r="F26" s="7"/>
       <c r="G26" s="7"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="10"/>
       <c r="B27" s="7"/>
       <c r="C27" s="7"/>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
       <c r="G27" s="7"/>
       <c r="H27" s="1"/>
     </row>