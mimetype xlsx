--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -164,75 +164,75 @@
   <si>
     <t>Гладков Дмитрий</t>
   </si>
   <si>
     <t>Финогенов Константин</t>
   </si>
   <si>
     <t>Ханты-Мансийск</t>
   </si>
   <si>
     <t>Зубанова Ирина</t>
   </si>
   <si>
     <t>Рубцов Андрей</t>
   </si>
   <si>
     <t>Покачи</t>
   </si>
   <si>
     <t>Серков Вячеслав</t>
   </si>
   <si>
     <t>Иванко Илья</t>
   </si>
   <si>
-    <t>Ханты-Мансийский р-н</t>
-[...7 lines deleted...]
-  <si>
     <t>Октябрьский р-н</t>
   </si>
   <si>
     <t>Пидгирняк Руслан</t>
   </si>
   <si>
     <t>Карайченцев Василий</t>
   </si>
   <si>
     <t>Радужный</t>
   </si>
   <si>
     <t>Тараскин Станислав</t>
   </si>
   <si>
     <t>Маркович Татьяна</t>
+  </si>
+  <si>
+    <t>Ханты-Мансийский р-н</t>
+  </si>
+  <si>
+    <t>Бойко Вячеслав</t>
+  </si>
+  <si>
+    <t>Мальков Антон</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -1487,193 +1487,193 @@
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B56" s="11" t="s">
         <v>50</v>
       </c>
       <c r="C56" s="11"/>
       <c r="D56" s="11"/>
       <c r="E56" s="11" t="s">
         <v>64</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="9"/>
       <c r="B57" s="12" t="s">
         <v>51</v>
       </c>
       <c r="C57" s="9">
-        <v>1974</v>
+        <v>1999</v>
       </c>
       <c r="D57" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E57" s="12" t="s">
         <v>64</v>
       </c>
       <c r="F57" s="7"/>
       <c r="G57" s="7"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="9"/>
       <c r="B58" s="12" t="s">
         <v>52</v>
       </c>
       <c r="C58" s="9">
-        <v>1995</v>
+        <v>1986</v>
       </c>
       <c r="D58" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E58" s="12" t="s">
         <v>64</v>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="7"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8" customHeight="1" ht="3">
       <c r="A59" s="9"/>
       <c r="B59" s="12"/>
       <c r="C59" s="9"/>
       <c r="D59" s="9"/>
       <c r="E59" s="12"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B60" s="11" t="s">
         <v>53</v>
       </c>
       <c r="C60" s="11"/>
       <c r="D60" s="11"/>
       <c r="E60" s="11" t="s">
         <v>64</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="9"/>
       <c r="B61" s="12" t="s">
         <v>54</v>
       </c>
       <c r="C61" s="9">
-        <v>1999</v>
+        <v>1989</v>
       </c>
       <c r="D61" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E61" s="12" t="s">
         <v>64</v>
       </c>
       <c r="F61" s="7"/>
       <c r="G61" s="7"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="9"/>
       <c r="B62" s="12" t="s">
         <v>55</v>
       </c>
       <c r="C62" s="9">
-        <v>1986</v>
+        <v>1982</v>
       </c>
       <c r="D62" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E62" s="12" t="s">
         <v>64</v>
       </c>
       <c r="F62" s="7"/>
       <c r="G62" s="7"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8" customHeight="1" ht="3">
       <c r="A63" s="9"/>
       <c r="B63" s="12"/>
       <c r="C63" s="9"/>
       <c r="D63" s="9"/>
       <c r="E63" s="12"/>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B64" s="11" t="s">
         <v>56</v>
       </c>
       <c r="C64" s="11"/>
       <c r="D64" s="11"/>
       <c r="E64" s="11" t="s">
         <v>64</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="9"/>
       <c r="B65" s="12" t="s">
         <v>57</v>
       </c>
       <c r="C65" s="9">
-        <v>1989</v>
+        <v>1974</v>
       </c>
       <c r="D65" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E65" s="12" t="s">
         <v>64</v>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="7"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="9"/>
       <c r="B66" s="12" t="s">
         <v>58</v>
       </c>
       <c r="C66" s="9">
-        <v>1982</v>
+        <v>1995</v>
       </c>
       <c r="D66" s="9" t="s">
         <v>62</v>
       </c>
       <c r="E66" s="12" t="s">
         <v>64</v>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="7"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8" customHeight="1" ht="3">
       <c r="A67" s="9"/>
       <c r="B67" s="12"/>
       <c r="C67" s="9"/>
       <c r="D67" s="9"/>
       <c r="E67" s="12"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="13"/>
       <c r="B68" s="8"/>
       <c r="C68" s="8"/>