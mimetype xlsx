--- v0 (2025-10-03)
+++ v1 (2025-12-12)
@@ -681,51 +681,51 @@
       </c>
       <c r="C10" s="8">
         <v>2012</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>27</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>4</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C11" s="8">
         <v>2009</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C12" s="8">
         <v>2008</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>29</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>33</v>
       </c>
       <c r="F12" s="1"/>