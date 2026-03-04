--- v0 (2025-10-02)
+++ v1 (2026-03-04)
@@ -194,57 +194,57 @@
   <si>
     <t>Якимов Андрей</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>3р</t>
-[...1 lines deleted...]
-  <si>
     <t>2р</t>
   </si>
   <si>
     <t>1р</t>
+  </si>
+  <si>
+    <t>3р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Сургут</t>
   </si>
   <si>
     <t>Нефтеюганск</t>
   </si>
   <si>
     <t>Белоярский</t>
   </si>
   <si>
     <t>Лянтор</t>
   </si>
   <si>
     <t>посёлок городского типа Белый Яр</t>
   </si>
   <si>
     <t>Когалым</t>
   </si>
   <si>
     <t>посёлок Нижнесортымский</t>
   </si>
@@ -998,51 +998,51 @@
       </c>
       <c r="D20" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>2009</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>61</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>2006</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
@@ -1235,51 +1235,51 @@
       </c>
       <c r="C32" s="8">
         <v>1982</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E32" s="9" t="s">
         <v>67</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>40</v>
       </c>
       <c r="C33" s="8">
         <v>1973</v>
       </c>
       <c r="D33" s="8" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="8">
         <v>1985</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F34" s="1"/>
@@ -1295,74 +1295,74 @@
       </c>
       <c r="C35" s="8">
         <v>1987</v>
       </c>
       <c r="D35" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C36" s="8">
         <v>1985</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C37" s="8">
         <v>2009</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E37" s="9" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F37" s="1"/>
       <c r="G37" s="1"/>
       <c r="H37" s="1"/>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B38" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C38" s="8">
         <v>1984</v>
       </c>
       <c r="D38" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E38" s="9" t="s">
         <v>65</v>
       </c>
       <c r="F38" s="1"/>
       <c r="G38" s="1"/>
       <c r="H38" s="1"/>
     </row>
@@ -1395,51 +1395,51 @@
       </c>
       <c r="C40" s="8">
         <v>1969</v>
       </c>
       <c r="D40" s="8" t="s">
         <v>59</v>
       </c>
       <c r="E40" s="9" t="s">
         <v>70</v>
       </c>
       <c r="F40" s="1"/>
       <c r="G40" s="1"/>
       <c r="H40" s="1"/>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B41" s="9" t="s">
         <v>48</v>
       </c>
       <c r="C41" s="8">
         <v>2010</v>
       </c>
       <c r="D41" s="8" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>49</v>
       </c>
       <c r="C42" s="8">
         <v>1988</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>56</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>64</v>
       </c>
       <c r="F42" s="1"/>