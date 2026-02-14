--- v0 (2025-10-04)
+++ v1 (2026-02-14)
@@ -711,51 +711,51 @@
       </c>
       <c r="B10" s="9" t="s">
         <v>17</v>
       </c>
       <c r="C10" s="8">
         <v>1993</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>41</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>18</v>
       </c>
       <c r="C11" s="8">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="8">
         <v>2000</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>39</v>
       </c>
       <c r="E12" s="9" t="s">