--- v0 (2025-10-04)
+++ v1 (2025-12-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t xml:space="preserve">ФБС Новосибирской области </t>
   </si>
   <si>
     <t>Кубок Сибири среди ветеранов, посвященный 80-летию Победы в ВОВ</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>12.05.2025, БК Централ, Россия, Новосибирская область, Новосибирск, ул. Ленина,  25</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -164,72 +164,69 @@
   <si>
     <t>Прудникова Дарья</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Томск</t>
   </si>
   <si>
     <t>Кемерово</t>
   </si>
   <si>
-    <t>Надым</t>
+    <t>Омск</t>
   </si>
   <si>
     <t>Белград</t>
   </si>
   <si>
     <t>Новосибирск</t>
   </si>
   <si>
     <t>Абакан</t>
   </si>
   <si>
     <t>Красноярск</t>
   </si>
   <si>
     <t>Кызыл</t>
   </si>
   <si>
     <t>Барнаул</t>
-  </si>
-[...1 lines deleted...]
-    <t>Омск</t>
   </si>
   <si>
     <t>Бердск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1039,71 +1036,71 @@
       </c>
       <c r="D24" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="8">
         <v>1960</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="8">
         <v>1950</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E26" s="9" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B27" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C27" s="8">
         <v>1954</v>
       </c>
       <c r="D27" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E27" s="9" t="s">
         <v>52</v>
       </c>
       <c r="F27" s="1"/>
       <c r="G27" s="1"/>
       <c r="H27" s="1"/>
     </row>
@@ -1179,71 +1176,71 @@
       </c>
       <c r="D31" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="8">
         <v>1958</v>
       </c>
       <c r="D32" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="8">
         <v>1958</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E33" s="9" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C34" s="8">
         <v>1946</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>