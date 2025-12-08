--- v0 (2025-10-02)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы. Свободная пирамида. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>10.05.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -167,72 +167,72 @@
   <si>
     <t>Родионов Владислав</t>
   </si>
   <si>
     <t>Суняйкин Матвей</t>
   </si>
   <si>
     <t>Толстихин Сергей</t>
   </si>
   <si>
     <t>Хромов Сергей</t>
   </si>
   <si>
     <t>Цыплаков Константин</t>
   </si>
   <si>
     <t>Борисов Ярослав</t>
   </si>
   <si>
     <t>Ерёмин Александр</t>
   </si>
   <si>
     <t>Ермаков Кирилл</t>
   </si>
   <si>
+    <t>Карев Матвей</t>
+  </si>
+  <si>
     <t>Козичев Александр</t>
   </si>
   <si>
     <t>Лутенков Тимофей</t>
   </si>
   <si>
     <t>Лысков Георгий</t>
   </si>
   <si>
     <t>Маргулис Ярослав</t>
   </si>
   <si>
     <t>Марков Александр</t>
   </si>
   <si>
     <t>Осколков Максим</t>
   </si>
   <si>
     <t>Плиско Антон</t>
-  </si>
-[...1 lines deleted...]
-    <t>Степин Матвей</t>
   </si>
   <si>
     <t>Тишунин Сергей</t>
   </si>
   <si>
     <t>Фомин Кирилл</t>
   </si>
   <si>
     <t>Хачатрян Левон</t>
   </si>
   <si>
     <t>Цыганов Сергей</t>
   </si>
   <si>
     <t>Яковлев Сергей</t>
   </si>
   <si>
     <t>Горбунов Дмитрий</t>
   </si>
   <si>
     <t>Жданов Роман</t>
   </si>
   <si>
     <t>Климкин Павел</t>
   </si>
@@ -311,75 +311,78 @@
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
-    <t>ЗМС</t>
+    <t>3юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
     <t>Самарканд</t>
   </si>
   <si>
     <t>Омск</t>
   </si>
   <si>
     <t>Зеленоград</t>
   </si>
   <si>
     <t>Ереван</t>
   </si>
   <si>
     <t>Егорьевск</t>
   </si>
   <si>
     <t>Тула</t>
+  </si>
+  <si>
+    <t>Рязань</t>
   </si>
   <si>
     <t>Королёв</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1126,51 +1129,51 @@
       </c>
       <c r="C21" s="8">
         <v>1999</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>102</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="8">
         <v>2009</v>
       </c>
       <c r="D22" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C23" s="8">
         <v>2003</v>
       </c>
       <c r="D23" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F23" s="1"/>
@@ -1537,194 +1540,194 @@
       </c>
       <c r="B42" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="8">
         <v>2012</v>
       </c>
       <c r="D42" s="8" t="s">
         <v>98</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="8">
-        <v>1989</v>
+        <v>2005</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F43" s="1"/>
       <c r="G43" s="1"/>
       <c r="H43" s="1"/>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B44" s="9" t="s">
         <v>52</v>
       </c>
       <c r="C44" s="8">
-        <v>2010</v>
+        <v>1989</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E44" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F44" s="1"/>
       <c r="G44" s="1"/>
       <c r="H44" s="1"/>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B45" s="9" t="s">
         <v>53</v>
       </c>
       <c r="C45" s="8">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="D45" s="8" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
-        <v>2009</v>
+        <v>2015</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="8">
-        <v>1971</v>
+        <v>2009</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="8">
-        <v>2011</v>
+        <v>1971</v>
       </c>
       <c r="D48" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
-        <v>1999</v>
+        <v>2011</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F49" s="1"/>
       <c r="G49" s="1"/>
       <c r="H49" s="1"/>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B50" s="9" t="s">
         <v>58</v>
       </c>
       <c r="C50" s="8">
-        <v>2005</v>
+        <v>1999</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>2012</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E51" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F51" s="1"/>
@@ -1836,56 +1839,58 @@
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>1980</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
-      <c r="C58" s="8"/>
+      <c r="C58" s="8">
+        <v>1987</v>
+      </c>
       <c r="D58" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>2008</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
@@ -2118,74 +2123,74 @@
       </c>
       <c r="C71" s="8">
         <v>1970</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>2007</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>2010</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>2008</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>