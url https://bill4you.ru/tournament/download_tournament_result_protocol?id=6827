--- v1 (2025-12-08)
+++ v2 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы. Свободная пирамида. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>10.05.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -320,69 +320,63 @@
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>3юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
-    <t>Самарканд</t>
+    <t>Волжский</t>
   </si>
   <si>
-    <t>Омск</t>
+    <t>Самарканд</t>
   </si>
   <si>
     <t>Зеленоград</t>
   </si>
   <si>
     <t>Ереван</t>
   </si>
   <si>
     <t>Егорьевск</t>
-  </si>
-[...4 lines deleted...]
-    <t>Рязань</t>
   </si>
   <si>
     <t>Королёв</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
@@ -912,51 +906,51 @@
       </c>
       <c r="D10" s="8" t="s">
         <v>93</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C11" s="8">
         <v>2004</v>
       </c>
       <c r="D11" s="8" t="s">
         <v>93</v>
       </c>
       <c r="E11" s="9" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C12" s="8">
         <v>2001</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
@@ -1112,51 +1106,51 @@
       </c>
       <c r="D20" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C21" s="8">
         <v>1999</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E21" s="9" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C22" s="8">
         <v>2009</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>93</v>
       </c>
       <c r="E22" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F22" s="1"/>
       <c r="G22" s="1"/>
       <c r="H22" s="1"/>
     </row>
@@ -1292,51 +1286,51 @@
       </c>
       <c r="D29" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="8">
         <v>2007</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>97</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="8">
         <v>1989</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>104</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
@@ -1786,51 +1780,51 @@
       </c>
       <c r="D54" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>106</v>
       </c>
       <c r="F54" s="1"/>
       <c r="G54" s="1"/>
       <c r="H54" s="1"/>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B55" s="9" t="s">
         <v>63</v>
       </c>
       <c r="C55" s="8">
         <v>1993</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E55" s="9" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>1976</v>
       </c>
       <c r="D56" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
@@ -1840,57 +1834,57 @@
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>1980</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F57" s="1"/>
       <c r="G57" s="1"/>
       <c r="H57" s="1"/>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B58" s="9" t="s">
         <v>66</v>
       </c>
       <c r="C58" s="8">
-        <v>1987</v>
+        <v>1982</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E58" s="9" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>2008</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
@@ -2146,51 +2140,51 @@
       </c>
       <c r="D72" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>2010</v>
       </c>
       <c r="D73" s="8" t="s">
         <v>95</v>
       </c>
       <c r="E73" s="9" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>2008</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>94</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>101</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>