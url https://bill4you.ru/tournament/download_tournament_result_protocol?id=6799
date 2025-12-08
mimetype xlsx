--- v0 (2025-10-06)
+++ v1 (2025-12-08)
@@ -71,51 +71,51 @@
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Куманев Дмитрий</t>
   </si>
   <si>
     <t>Фролов Денис</t>
   </si>
   <si>
     <t>Беляев Евгений</t>
   </si>
   <si>
     <t>Угай Дмитрий</t>
   </si>
   <si>
     <t>Булычев Денис</t>
   </si>
   <si>
-    <t>Королёв Дмитрий</t>
+    <t>Королев Дмитрий</t>
   </si>
   <si>
     <t>Мерзляков Сергей</t>
   </si>
   <si>
     <t>Слепченков Фёдор</t>
   </si>
   <si>
     <t>Делидов Глеб</t>
   </si>
   <si>
     <t>Зайцев Даниил</t>
   </si>
   <si>
     <t>Гринько Никита</t>
   </si>
   <si>
     <t>Садилова София</t>
   </si>
   <si>
     <t>Карасев Евгений</t>
   </si>
   <si>
     <t>Харисов Тимур</t>
   </si>
@@ -693,69 +693,73 @@
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C10" s="8"/>
       <c r="D10" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>39</v>
       </c>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="8">
         <v>3</v>
       </c>
       <c r="B11" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="C11" s="8"/>
+      <c r="C11" s="8">
+        <v>1980</v>
+      </c>
       <c r="D11" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>39</v>
       </c>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="C12" s="8"/>
+      <c r="C12" s="8">
+        <v>1999</v>
+      </c>
       <c r="D12" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E12" s="9" t="s">
         <v>39</v>
       </c>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
       <c r="H12" s="1"/>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C13" s="8">
         <v>1977</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>39</v>