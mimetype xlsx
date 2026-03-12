--- v0 (2025-12-11)
+++ v1 (2026-03-12)
@@ -1683,51 +1683,51 @@
       </c>
       <c r="C52" s="8">
         <v>1989</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>85</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B53" s="9" t="s">
         <v>61</v>
       </c>
       <c r="C53" s="8">
         <v>2014</v>
       </c>
       <c r="D53" s="8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="E53" s="9" t="s">
         <v>86</v>
       </c>
       <c r="F53" s="1"/>
       <c r="G53" s="1"/>
       <c r="H53" s="1"/>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B54" s="9" t="s">
         <v>62</v>
       </c>
       <c r="C54" s="8">
         <v>2007</v>
       </c>
       <c r="D54" s="8" t="s">
         <v>79</v>
       </c>
       <c r="E54" s="9" t="s">
         <v>83</v>
       </c>
       <c r="F54" s="1"/>