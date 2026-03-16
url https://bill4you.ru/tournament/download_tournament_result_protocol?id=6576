--- v0 (2025-10-04)
+++ v1 (2026-03-16)
@@ -817,51 +817,51 @@
       </c>
       <c r="B15" s="9" t="s">
         <v>21</v>
       </c>
       <c r="C15" s="8">
         <v>1948</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B16" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="8">
-        <v>1954</v>
+        <v>1951</v>
       </c>
       <c r="D16" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E16" s="9" t="s">
         <v>45</v>
       </c>
       <c r="F16" s="1"/>
       <c r="G16" s="1"/>
       <c r="H16" s="1"/>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>1951</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="9" t="s">