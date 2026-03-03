--- v0 (2025-10-03)
+++ v1 (2026-03-03)
@@ -832,51 +832,51 @@
       </c>
       <c r="B17" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C17" s="8">
         <v>1988</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>39</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C18" s="8">
-        <v>2000</v>
+        <v>1989</v>
       </c>
       <c r="D18" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="9" t="s">
         <v>39</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C19" s="8">
         <v>2011</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E19" s="9" t="s">