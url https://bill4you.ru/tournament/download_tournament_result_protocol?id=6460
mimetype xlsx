--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -122,51 +122,51 @@
   <si>
     <t>Грец Александр</t>
   </si>
   <si>
     <t>Губко Александр</t>
   </si>
   <si>
     <t>Слепченков Илья</t>
   </si>
   <si>
     <t>Котов Юрий</t>
   </si>
   <si>
     <t>Малетин Юрий</t>
   </si>
   <si>
     <t>Сбитнев Константин</t>
   </si>
   <si>
     <t>Смирнов Михаил</t>
   </si>
   <si>
     <t>Бастрыкин Иван</t>
   </si>
   <si>
-    <t>Королёв Дмитрий</t>
+    <t>Королев Дмитрий</t>
   </si>
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
@@ -866,89 +866,93 @@
     <row r="17" spans="1:8">
       <c r="A17" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B17" s="9" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8"/>
       <c r="D17" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F17" s="1"/>
       <c r="G17" s="1"/>
       <c r="H17" s="1"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B18" s="9" t="s">
         <v>25</v>
       </c>
-      <c r="C18" s="8"/>
+      <c r="C18" s="8">
+        <v>1980</v>
+      </c>
       <c r="D18" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="9" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F18" s="1"/>
       <c r="G18" s="1"/>
       <c r="H18" s="1"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B19" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C19" s="8">
         <v>1984</v>
       </c>
       <c r="D19" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E19" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F19" s="1"/>
       <c r="G19" s="1"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="C20" s="8"/>
+      <c r="C20" s="8">
+        <v>1999</v>
+      </c>
       <c r="D20" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>50</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
         <v>1990</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>47</v>