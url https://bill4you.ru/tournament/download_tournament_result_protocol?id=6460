--- v1 (2025-12-21)
+++ v2 (2026-02-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
   <si>
-    <t>Федерация бильярдного спорта России</t>
+    <t>ФБСР</t>
   </si>
   <si>
     <t>Кубок России по пулу 8, 4 этап. Челябинск</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>19.04.2025, БК "Золотой кий", Россия, Челябинская область, Челябинск, ул. Орджоникидзе,  64</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 12</t>
   </si>
   <si>
     <t>13 - 16</t>
   </si>
@@ -988,51 +988,51 @@
       <c r="B23" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C23" s="8"/>
       <c r="D23" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E23" s="9" t="s">
         <v>47</v>
       </c>
       <c r="F23" s="1"/>
       <c r="G23" s="1"/>
       <c r="H23" s="1"/>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B24" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="8">
         <v>1972</v>
       </c>
       <c r="D24" s="8" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>49</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="8">
         <v>1968</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E25" s="9"/>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>