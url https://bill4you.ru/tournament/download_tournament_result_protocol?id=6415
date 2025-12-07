--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
   <si>
     <t>Московский Союз Бильярдного Спорта</t>
   </si>
   <si>
     <t>Чемпионат Москвы. Свободная пирамида с продолжением. Мужчины</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>12.04.2025, "Дворец бильярдного спорта", Россия, Москва, Волгоградский пр-т,  46/15,  стр.16</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -218,74 +218,74 @@
   <si>
     <t>Степанян Степан</t>
   </si>
   <si>
     <t>Толстихин Сергей</t>
   </si>
   <si>
     <t>Уваров Евгений</t>
   </si>
   <si>
     <t>Хромов Александр</t>
   </si>
   <si>
     <t>Антонюк Роман</t>
   </si>
   <si>
     <t>Анфиногенов Роман</t>
   </si>
   <si>
     <t>Гаврилин Павел</t>
   </si>
   <si>
     <t>Горбунов Дмитрий</t>
   </si>
   <si>
+    <t>Карев Матвей</t>
+  </si>
+  <si>
     <t>Катуар Дмитрий</t>
   </si>
   <si>
     <t>Козичев Александр</t>
   </si>
   <si>
     <t>Кравцов Александр</t>
   </si>
   <si>
     <t>Перелыгин Александр</t>
   </si>
   <si>
     <t>Петров Вадим</t>
   </si>
   <si>
     <t>Попов Алексей</t>
   </si>
   <si>
     <t>Прасолов Евгений</t>
   </si>
   <si>
-    <t>Степин Матвей</t>
-[...1 lines deleted...]
-  <si>
     <t>Суняйкин Матвей</t>
   </si>
   <si>
     <t>Тишунин Сергей</t>
   </si>
   <si>
     <t>Шемаров Андрей</t>
   </si>
   <si>
     <t>Шитиков Игорь</t>
   </si>
   <si>
     <t>Башмаков Алексей</t>
   </si>
   <si>
     <t>Вангеласт Павел</t>
   </si>
   <si>
     <t>Гультяев Андрей</t>
   </si>
   <si>
     <t>Дудин Александр</t>
   </si>
   <si>
     <t>Иосько Кирилл</t>
@@ -347,63 +347,66 @@
   <si>
     <t>г.р.</t>
   </si>
   <si>
     <t>______________________</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
+    <t>3р</t>
+  </si>
+  <si>
     <t>2р</t>
   </si>
   <si>
-    <t>3р</t>
-[...1 lines deleted...]
-  <si>
     <t>2юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
+  </si>
+  <si>
+    <t>Люберцы</t>
   </si>
   <si>
     <t>Самарканд</t>
   </si>
   <si>
     <t>Париж</t>
   </si>
   <si>
     <t>Омск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1216,51 +1219,51 @@
       </c>
       <c r="C24" s="8">
         <v>1988</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="8">
         <v>2007</v>
       </c>
       <c r="D25" s="8" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="E25" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C26" s="8">
         <v>2003</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F26" s="1"/>
@@ -1312,56 +1315,58 @@
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="8">
         <v>1980</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>38</v>
       </c>
-      <c r="C30" s="8"/>
+      <c r="C30" s="8">
+        <v>1988</v>
+      </c>
       <c r="D30" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="8">
         <v>1996</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
@@ -1414,71 +1419,71 @@
       </c>
       <c r="C34" s="8">
         <v>1988</v>
       </c>
       <c r="D34" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E34" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F34" s="1"/>
       <c r="G34" s="1"/>
       <c r="H34" s="1"/>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>43</v>
       </c>
       <c r="C35" s="8">
         <v>2009</v>
       </c>
       <c r="D35" s="8" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E35" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F35" s="1"/>
       <c r="G35" s="1"/>
       <c r="H35" s="1"/>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B36" s="9" t="s">
         <v>44</v>
       </c>
       <c r="C36" s="8">
         <v>2008</v>
       </c>
       <c r="D36" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E36" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F36" s="1"/>
       <c r="G36" s="1"/>
       <c r="H36" s="1"/>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B37" s="9" t="s">
         <v>45</v>
       </c>
       <c r="C37" s="8">
         <v>1982</v>
       </c>
       <c r="D37" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E37" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F37" s="1"/>
@@ -1554,51 +1559,51 @@
       </c>
       <c r="C41" s="8">
         <v>2003</v>
       </c>
       <c r="D41" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E41" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F41" s="1"/>
       <c r="G41" s="1"/>
       <c r="H41" s="1"/>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B42" s="9" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="8">
         <v>2012</v>
       </c>
       <c r="D42" s="8" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E42" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1"/>
       <c r="H42" s="1"/>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B43" s="9" t="s">
         <v>51</v>
       </c>
       <c r="C43" s="8">
         <v>2008</v>
       </c>
       <c r="D43" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E43" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F43" s="1"/>
@@ -1735,51 +1740,51 @@
       </c>
       <c r="D50" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>1999</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="8">
         <v>2009</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
@@ -1830,51 +1835,51 @@
       </c>
       <c r="C55" s="8">
         <v>2009</v>
       </c>
       <c r="D55" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E55" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F55" s="1"/>
       <c r="G55" s="1"/>
       <c r="H55" s="1"/>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B56" s="9" t="s">
         <v>64</v>
       </c>
       <c r="C56" s="8">
         <v>2007</v>
       </c>
       <c r="D56" s="8" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="E56" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F56" s="1"/>
       <c r="G56" s="1"/>
       <c r="H56" s="1"/>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B57" s="9" t="s">
         <v>65</v>
       </c>
       <c r="C57" s="8">
         <v>1983</v>
       </c>
       <c r="D57" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E57" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F57" s="1"/>
@@ -1907,191 +1912,191 @@
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>1976</v>
       </c>
       <c r="D59" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E60" s="9" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
-        <v>1989</v>
+        <v>2001</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
-        <v>2014</v>
+        <v>1993</v>
       </c>
       <c r="D63" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
-        <v>1986</v>
+        <v>2014</v>
       </c>
       <c r="D64" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
-        <v>1991</v>
+        <v>1986</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
-        <v>1986</v>
+        <v>1991</v>
       </c>
       <c r="D66" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
-        <v>2005</v>
+        <v>1986</v>
       </c>
       <c r="D67" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>2012</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E68" s="9" t="s">
@@ -2250,51 +2255,51 @@
       </c>
       <c r="C76" s="8">
         <v>1982</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="8">
         <v>2012</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="8">
         <v>2009</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F78" s="1"/>
@@ -2589,51 +2594,51 @@
       <c r="C93" s="8">
         <v>1993</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="8"/>
       <c r="B94" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="8">
         <v>2007</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="10"/>
       <c r="B95" s="7"/>
       <c r="C95" s="7"/>
       <c r="D95" s="7"/>
       <c r="E95" s="7"/>
       <c r="F95" s="7"/>
       <c r="G95" s="7"/>
       <c r="H95" s="1"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="10"/>
       <c r="B96" s="7"/>
       <c r="C96" s="7"/>
       <c r="D96" s="7"/>
       <c r="E96" s="7"/>
       <c r="F96" s="7"/>
       <c r="G96" s="7"/>
       <c r="H96" s="1"/>
     </row>