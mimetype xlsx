--- v1 (2025-12-07)
+++ v2 (2026-03-16)
@@ -362,60 +362,60 @@
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>3р</t>
   </si>
   <si>
     <t>2р</t>
   </si>
   <si>
     <t>2юн</t>
   </si>
   <si>
     <t>Город</t>
   </si>
   <si>
     <t>Москва</t>
   </si>
   <si>
+    <t>Волжский</t>
+  </si>
+  <si>
     <t>Люберцы</t>
   </si>
   <si>
     <t>Самарканд</t>
   </si>
   <si>
     <t>Париж</t>
-  </si>
-[...1 lines deleted...]
-    <t>Омск</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1002,51 +1002,51 @@
       </c>
       <c r="D13" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="8">
         <v>2004</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E14" s="9" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>23</v>
       </c>
       <c r="C15" s="8">
         <v>2003</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>107</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F15" s="1"/>
       <c r="G15" s="1"/>
       <c r="H15" s="1"/>
     </row>
@@ -1322,51 +1322,51 @@
       </c>
       <c r="D29" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E29" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C30" s="8">
         <v>1988</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E30" s="9" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C31" s="8">
         <v>1996</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>108</v>
       </c>
       <c r="E31" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
@@ -1740,51 +1740,51 @@
       </c>
       <c r="D50" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E50" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B51" s="9" t="s">
         <v>59</v>
       </c>
       <c r="C51" s="8">
         <v>1999</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E51" s="9" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="F51" s="1"/>
       <c r="G51" s="1"/>
       <c r="H51" s="1"/>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B52" s="9" t="s">
         <v>60</v>
       </c>
       <c r="C52" s="8">
         <v>2009</v>
       </c>
       <c r="D52" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E52" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F52" s="1"/>
       <c r="G52" s="1"/>
       <c r="H52" s="1"/>
     </row>
@@ -1935,54 +1935,54 @@
       </c>
       <c r="C60" s="8">
         <v>2005</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F60" s="1"/>
       <c r="G60" s="1"/>
       <c r="H60" s="1"/>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B61" s="9" t="s">
         <v>69</v>
       </c>
       <c r="C61" s="8">
         <v>2001</v>
       </c>
       <c r="D61" s="8" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="E61" s="9" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
         <v>1989</v>
       </c>
       <c r="D62" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
@@ -2594,51 +2594,51 @@
       <c r="C93" s="8">
         <v>1993</v>
       </c>
       <c r="D93" s="8" t="s">
         <v>109</v>
       </c>
       <c r="E93" s="9" t="s">
         <v>115</v>
       </c>
       <c r="F93" s="1"/>
       <c r="G93" s="1"/>
       <c r="H93" s="1"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="8"/>
       <c r="B94" s="9" t="s">
         <v>102</v>
       </c>
       <c r="C94" s="8">
         <v>2007</v>
       </c>
       <c r="D94" s="8" t="s">
         <v>110</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="F94" s="1"/>
       <c r="G94" s="1"/>
       <c r="H94" s="1"/>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="10"/>
       <c r="B95" s="7"/>
       <c r="C95" s="7"/>
       <c r="D95" s="7"/>
       <c r="E95" s="7"/>
       <c r="F95" s="7"/>
       <c r="G95" s="7"/>
       <c r="H95" s="1"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="10"/>
       <c r="B96" s="7"/>
       <c r="C96" s="7"/>
       <c r="D96" s="7"/>
       <c r="E96" s="7"/>
       <c r="F96" s="7"/>
       <c r="G96" s="7"/>
       <c r="H96" s="1"/>
     </row>