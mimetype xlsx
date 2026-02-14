--- v0 (2025-10-23)
+++ v1 (2026-02-14)
@@ -947,51 +947,51 @@
       </c>
       <c r="B20" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C20" s="8">
         <v>1982</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>53</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>28</v>
       </c>
       <c r="C21" s="8">
-        <v>1996</v>
+        <v>1995</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C22" s="8">
         <v>1970</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E22" s="9" t="s">