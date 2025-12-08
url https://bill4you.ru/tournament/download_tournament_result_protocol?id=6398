--- v0 (2025-10-02)
+++ v1 (2025-12-08)
@@ -326,57 +326,57 @@
   <si>
     <t>Альфиренко Владимир</t>
   </si>
   <si>
     <t>Бернадский Борис</t>
   </si>
   <si>
     <t>Павлов Сергей</t>
   </si>
   <si>
     <t>зв.</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>ЗМС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>КМС</t>
   </si>
   <si>
-    <t>2р</t>
-[...1 lines deleted...]
-  <si>
     <t>1р</t>
   </si>
   <si>
     <t>-</t>
+  </si>
+  <si>
+    <t>2р</t>
   </si>
   <si>
     <t>Страна</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Беларусь</t>
   </si>
   <si>
     <t>Казахстан</t>
   </si>
   <si>
     <t>Узбекистан</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
@@ -1615,91 +1615,91 @@
       </c>
       <c r="C45" s="8">
         <v>1986</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
         <v>2010</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="8">
         <v>1983</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F47" s="1"/>
       <c r="G47" s="1"/>
       <c r="H47" s="1"/>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B48" s="9" t="s">
         <v>56</v>
       </c>
       <c r="C48" s="8">
         <v>2010</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E48" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F48" s="1"/>
       <c r="G48" s="1"/>
       <c r="H48" s="1"/>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B49" s="9" t="s">
         <v>57</v>
       </c>
       <c r="C49" s="8">
         <v>1980</v>
       </c>
       <c r="D49" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E49" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F49" s="1"/>
@@ -1875,51 +1875,51 @@
       </c>
       <c r="C58" s="8">
         <v>2007</v>
       </c>
       <c r="D58" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E58" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F58" s="1"/>
       <c r="G58" s="1"/>
       <c r="H58" s="1"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B59" s="9" t="s">
         <v>67</v>
       </c>
       <c r="C59" s="8">
         <v>1973</v>
       </c>
       <c r="D59" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E59" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F59" s="1"/>
       <c r="G59" s="1"/>
       <c r="H59" s="1"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B60" s="9" t="s">
         <v>68</v>
       </c>
       <c r="C60" s="8">
         <v>2001</v>
       </c>
       <c r="D60" s="8" t="s">
         <v>100</v>
       </c>
       <c r="E60" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F60" s="1"/>
@@ -1935,151 +1935,151 @@
       </c>
       <c r="C61" s="8">
         <v>2010</v>
       </c>
       <c r="D61" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E61" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F61" s="1"/>
       <c r="G61" s="1"/>
       <c r="H61" s="1"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B62" s="9" t="s">
         <v>70</v>
       </c>
       <c r="C62" s="8">
         <v>1985</v>
       </c>
       <c r="D62" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E62" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F62" s="1"/>
       <c r="G62" s="1"/>
       <c r="H62" s="1"/>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B63" s="9" t="s">
         <v>71</v>
       </c>
       <c r="C63" s="8">
         <v>2001</v>
       </c>
       <c r="D63" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F63" s="1"/>
       <c r="G63" s="1"/>
       <c r="H63" s="1"/>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B64" s="9" t="s">
         <v>72</v>
       </c>
       <c r="C64" s="8">
         <v>1985</v>
       </c>
       <c r="D64" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E64" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F64" s="1"/>
       <c r="G64" s="1"/>
       <c r="H64" s="1"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B65" s="9" t="s">
         <v>73</v>
       </c>
       <c r="C65" s="8">
         <v>2006</v>
       </c>
       <c r="D65" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E65" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1"/>
       <c r="H65" s="1"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B66" s="9" t="s">
         <v>74</v>
       </c>
       <c r="C66" s="8">
         <v>1989</v>
       </c>
       <c r="D66" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E66" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F66" s="1"/>
       <c r="G66" s="1"/>
       <c r="H66" s="1"/>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B67" s="9" t="s">
         <v>75</v>
       </c>
       <c r="C67" s="8">
         <v>2012</v>
       </c>
       <c r="D67" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E67" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F67" s="1"/>
       <c r="G67" s="1"/>
       <c r="H67" s="1"/>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B68" s="9" t="s">
         <v>76</v>
       </c>
       <c r="C68" s="8">
         <v>2004</v>
       </c>
       <c r="D68" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E68" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F68" s="1"/>
@@ -2095,191 +2095,191 @@
       </c>
       <c r="C69" s="8">
         <v>1981</v>
       </c>
       <c r="D69" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E69" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F69" s="1"/>
       <c r="G69" s="1"/>
       <c r="H69" s="1"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B70" s="9" t="s">
         <v>78</v>
       </c>
       <c r="C70" s="8">
         <v>1982</v>
       </c>
       <c r="D70" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E70" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F70" s="1"/>
       <c r="G70" s="1"/>
       <c r="H70" s="1"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B71" s="9" t="s">
         <v>79</v>
       </c>
       <c r="C71" s="8">
         <v>2008</v>
       </c>
       <c r="D71" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E71" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F71" s="1"/>
       <c r="G71" s="1"/>
       <c r="H71" s="1"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B72" s="9" t="s">
         <v>80</v>
       </c>
       <c r="C72" s="8">
         <v>1994</v>
       </c>
       <c r="D72" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E72" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F72" s="1"/>
       <c r="G72" s="1"/>
       <c r="H72" s="1"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="9" t="s">
         <v>81</v>
       </c>
       <c r="C73" s="8">
         <v>1983</v>
       </c>
       <c r="D73" s="8" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E73" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F73" s="1"/>
       <c r="G73" s="1"/>
       <c r="H73" s="1"/>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B74" s="9" t="s">
         <v>82</v>
       </c>
       <c r="C74" s="8">
         <v>2006</v>
       </c>
       <c r="D74" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E74" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F74" s="1"/>
       <c r="G74" s="1"/>
       <c r="H74" s="1"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B75" s="9" t="s">
         <v>83</v>
       </c>
       <c r="C75" s="8">
         <v>1985</v>
       </c>
       <c r="D75" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E75" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F75" s="1"/>
       <c r="G75" s="1"/>
       <c r="H75" s="1"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B76" s="9" t="s">
         <v>84</v>
       </c>
       <c r="C76" s="8">
         <v>2006</v>
       </c>
       <c r="D76" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E76" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F76" s="1"/>
       <c r="G76" s="1"/>
       <c r="H76" s="1"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B77" s="9" t="s">
         <v>85</v>
       </c>
       <c r="C77" s="8">
         <v>2012</v>
       </c>
       <c r="D77" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E77" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F77" s="1"/>
       <c r="G77" s="1"/>
       <c r="H77" s="1"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B78" s="9" t="s">
         <v>86</v>
       </c>
       <c r="C78" s="8">
         <v>2000</v>
       </c>
       <c r="D78" s="8" t="s">
         <v>100</v>
       </c>
       <c r="E78" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F78" s="1"/>
@@ -2295,51 +2295,51 @@
       </c>
       <c r="C79" s="8">
         <v>2003</v>
       </c>
       <c r="D79" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E79" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F79" s="1"/>
       <c r="G79" s="1"/>
       <c r="H79" s="1"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="9" t="s">
         <v>88</v>
       </c>
       <c r="C80" s="8">
         <v>2012</v>
       </c>
       <c r="D80" s="8" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="E80" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F80" s="1"/>
       <c r="G80" s="1"/>
       <c r="H80" s="1"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B81" s="9" t="s">
         <v>89</v>
       </c>
       <c r="C81" s="8">
         <v>2007</v>
       </c>
       <c r="D81" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E81" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F81" s="1"/>
@@ -2355,111 +2355,111 @@
       </c>
       <c r="C82" s="8">
         <v>2003</v>
       </c>
       <c r="D82" s="8" t="s">
         <v>100</v>
       </c>
       <c r="E82" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F82" s="1"/>
       <c r="G82" s="1"/>
       <c r="H82" s="1"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B83" s="9" t="s">
         <v>91</v>
       </c>
       <c r="C83" s="8">
         <v>1992</v>
       </c>
       <c r="D83" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E83" s="9" t="s">
         <v>111</v>
       </c>
       <c r="F83" s="1"/>
       <c r="G83" s="1"/>
       <c r="H83" s="1"/>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B84" s="9" t="s">
         <v>92</v>
       </c>
       <c r="C84" s="8">
         <v>2003</v>
       </c>
       <c r="D84" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E84" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F84" s="1"/>
       <c r="G84" s="1"/>
       <c r="H84" s="1"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B85" s="9" t="s">
         <v>93</v>
       </c>
       <c r="C85" s="8">
         <v>1976</v>
       </c>
       <c r="D85" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E85" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F85" s="1"/>
       <c r="G85" s="1"/>
       <c r="H85" s="1"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B86" s="9" t="s">
         <v>94</v>
       </c>
       <c r="C86" s="8">
         <v>1992</v>
       </c>
       <c r="D86" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="E86" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F86" s="1"/>
       <c r="G86" s="1"/>
       <c r="H86" s="1"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="10"/>
       <c r="B87" s="7"/>
       <c r="C87" s="7"/>
       <c r="D87" s="7"/>
       <c r="E87" s="7"/>
       <c r="F87" s="7"/>
       <c r="G87" s="7"/>
       <c r="H87" s="1"/>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="10"/>
       <c r="B88" s="7"/>
       <c r="C88" s="7"/>
       <c r="D88" s="7"/>
       <c r="E88" s="7"/>
       <c r="F88" s="7"/>