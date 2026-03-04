--- v1 (2025-12-08)
+++ v2 (2026-03-04)
@@ -1615,51 +1615,51 @@
       </c>
       <c r="C45" s="8">
         <v>1986</v>
       </c>
       <c r="D45" s="8" t="s">
         <v>102</v>
       </c>
       <c r="E45" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F45" s="1"/>
       <c r="G45" s="1"/>
       <c r="H45" s="1"/>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B46" s="9" t="s">
         <v>54</v>
       </c>
       <c r="C46" s="8">
         <v>2010</v>
       </c>
       <c r="D46" s="8" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="E46" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F46" s="1"/>
       <c r="G46" s="1"/>
       <c r="H46" s="1"/>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B47" s="9" t="s">
         <v>55</v>
       </c>
       <c r="C47" s="8">
         <v>1983</v>
       </c>
       <c r="D47" s="8" t="s">
         <v>103</v>
       </c>
       <c r="E47" s="9" t="s">
         <v>108</v>
       </c>
       <c r="F47" s="1"/>