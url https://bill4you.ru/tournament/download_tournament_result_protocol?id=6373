--- v0 (2025-12-26)
+++ v1 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="61">
   <si>
     <t>LEGEND.KG</t>
   </si>
   <si>
     <t>Отборочный турнир на ЧМ</t>
   </si>
   <si>
     <t>Итоговый протокол</t>
   </si>
   <si>
     <t>08.04.2025, БК "LEGENDA.KG.", Кыргызстан, Джалал-Абадская область, Джалал-Абад, Киргизия,  Джалал-Абад ,  ул. З. Жамашева 139</t>
   </si>
   <si>
     <t>bill4you.ru</t>
   </si>
   <si>
     <t>Место</t>
   </si>
   <si>
     <t>5 - 8</t>
   </si>
   <si>
     <t>9 - 16</t>
   </si>
   <si>
@@ -116,51 +116,51 @@
   <si>
     <t>Сагыналиев Калысхан</t>
   </si>
   <si>
     <t>Таштанбеков Нурсултан</t>
   </si>
   <si>
     <t>Шерматов Кылычбек</t>
   </si>
   <si>
     <t>Абдыкадыр уулу Абдыкаар</t>
   </si>
   <si>
     <t>Адамов Зайлан</t>
   </si>
   <si>
     <t>Акимжанов Кубанычбек</t>
   </si>
   <si>
     <t>Атабаев Моисей</t>
   </si>
   <si>
     <t>Ахмедов Назим</t>
   </si>
   <si>
-    <t>Иманкул-уулу Эмилбек</t>
+    <t>Иманкул уулу Эмил</t>
   </si>
   <si>
     <t>Кулматов Канатбек</t>
   </si>
   <si>
     <t>Орунбаев Тынчтыкбек</t>
   </si>
   <si>
     <t>Пириев Улукбек</t>
   </si>
   <si>
     <t>Рашит уулу Чолпонбек</t>
   </si>
   <si>
     <t>Сагындыков Кубанычбек</t>
   </si>
   <si>
     <t>Сыргак уулу Адилет</t>
   </si>
   <si>
     <t>Тавакилов Икболжон</t>
   </si>
   <si>
     <t>Тажибаев Нурсултан</t>
   </si>
@@ -188,51 +188,57 @@
   <si>
     <t>1р</t>
   </si>
   <si>
     <t>МС</t>
   </si>
   <si>
     <t>МСМК</t>
   </si>
   <si>
     <t>Регион</t>
   </si>
   <si>
     <t>город республиканского подчинения Бишкек</t>
   </si>
   <si>
     <t>город республиканского подчинения Ош</t>
   </si>
   <si>
     <t>Баткенская область</t>
   </si>
   <si>
     <t>Джалал-Абадская область</t>
   </si>
   <si>
+    <t>Таласская область</t>
+  </si>
+  <si>
     <t>Ошская область</t>
+  </si>
+  <si>
+    <t>Чуйская область</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="1"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -716,51 +722,51 @@
       </c>
       <c r="C8" s="8">
         <v>1985</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="8">
         <v>1997</v>
       </c>
       <c r="D9" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="8">
         <v>1991</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F10" s="1"/>
@@ -953,51 +959,51 @@
       </c>
       <c r="B20" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C20" s="8">
         <v>1986</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>57</v>
       </c>
       <c r="F20" s="1"/>
       <c r="G20" s="1"/>
       <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="9" t="s">
         <v>26</v>
       </c>
       <c r="C21" s="8">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>49</v>
       </c>
       <c r="E21" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F21" s="1"/>
       <c r="G21" s="1"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>27</v>
       </c>
       <c r="C22" s="8">
         <v>2006</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>50</v>
       </c>
       <c r="E22" s="9" t="s">
@@ -1039,51 +1045,51 @@
       </c>
       <c r="D24" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E24" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F24" s="1"/>
       <c r="G24" s="1"/>
       <c r="H24" s="1"/>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B25" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C25" s="8">
         <v>1986</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>51</v>
       </c>
       <c r="E25" s="9" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F25" s="1"/>
       <c r="G25" s="1"/>
       <c r="H25" s="1"/>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B26" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C26" s="8">
         <v>1983</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E26" s="9" t="s">
         <v>54</v>
       </c>
       <c r="F26" s="1"/>
       <c r="G26" s="1"/>
       <c r="H26" s="1"/>
     </row>
@@ -1119,111 +1125,111 @@
       </c>
       <c r="D28" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E28" s="9" t="s">
         <v>56</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1"/>
       <c r="H28" s="1"/>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B29" s="9" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="8">
         <v>1993</v>
       </c>
       <c r="D29" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E29" s="9" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="F29" s="1"/>
       <c r="G29" s="1"/>
       <c r="H29" s="1"/>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B30" s="9" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="8">
         <v>1982</v>
       </c>
       <c r="D30" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E30" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B31" s="9" t="s">
         <v>36</v>
       </c>
       <c r="C31" s="8">
         <v>1990</v>
       </c>
       <c r="D31" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E31" s="9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="F31" s="1"/>
       <c r="G31" s="1"/>
       <c r="H31" s="1"/>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B32" s="9" t="s">
         <v>37</v>
       </c>
       <c r="C32" s="8">
         <v>1992</v>
       </c>
       <c r="D32" s="8" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1"/>
       <c r="H32" s="1"/>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B33" s="9" t="s">
         <v>38</v>
       </c>
       <c r="C33" s="8">
         <v>1992</v>
       </c>
       <c r="D33" s="8" t="s">
         <v>48</v>
       </c>
       <c r="E33" s="9" t="s">
         <v>55</v>
       </c>
       <c r="F33" s="1"/>
       <c r="G33" s="1"/>
       <c r="H33" s="1"/>
     </row>