--- v0 (2025-10-19)
+++ v1 (2026-03-10)
@@ -56,51 +56,51 @@
   <si>
     <t>5 - 6</t>
   </si>
   <si>
     <t>7 - 8</t>
   </si>
   <si>
     <t>9 - 11</t>
   </si>
   <si>
     <t>Главный судья</t>
   </si>
   <si>
     <t>Главный секретарь</t>
   </si>
   <si>
     <t>Судья</t>
   </si>
   <si>
     <t>Спортсмен</t>
   </si>
   <si>
     <t>Самолазов Александр</t>
   </si>
   <si>
-    <t>Зубарев Костя</t>
+    <t>Зубарев Константин</t>
   </si>
   <si>
     <t>Роот Валентин</t>
   </si>
   <si>
     <t>Шахов Никита</t>
   </si>
   <si>
     <t>Гагаев Владимир</t>
   </si>
   <si>
     <t>Часовитин Антон</t>
   </si>
   <si>
     <t>Тронь Павел</t>
   </si>
   <si>
     <t>Шершань Сергей</t>
   </si>
   <si>
     <t>Сойка Дмитрий</t>
   </si>
   <si>
     <t>Стельмаченок Леонид</t>
   </si>
@@ -631,51 +631,53 @@
         <v>1</v>
       </c>
       <c r="B8" s="9" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="8">
         <v>1955</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>27</v>
       </c>
       <c r="E8" s="9" t="s">
         <v>29</v>
       </c>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="8">
         <v>2</v>
       </c>
       <c r="B9" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="C9" s="8"/>
+      <c r="C9" s="8">
+        <v>1985</v>
+      </c>
       <c r="D9" s="8" t="s">
         <v>27</v>
       </c>
       <c r="E9" s="9" t="s">
         <v>29</v>
       </c>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="8">
         <v>3</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>15</v>
       </c>
       <c r="C10" s="8">
         <v>1999</v>
       </c>
       <c r="D10" s="8" t="s">
         <v>27</v>
       </c>
       <c r="E10" s="9" t="s">
         <v>30</v>