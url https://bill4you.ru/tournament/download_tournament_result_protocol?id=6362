--- v0 (2025-12-19)
+++ v1 (2026-03-19)
@@ -756,51 +756,51 @@
       </c>
       <c r="C13" s="8">
         <v>1980</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>34</v>
       </c>
       <c r="E13" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F13" s="1"/>
       <c r="G13" s="1"/>
       <c r="H13" s="1"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B14" s="9" t="s">
         <v>19</v>
       </c>
       <c r="C14" s="8">
         <v>2010</v>
       </c>
       <c r="D14" s="8" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="E14" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F14" s="1"/>
       <c r="G14" s="1"/>
       <c r="H14" s="1"/>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B15" s="9" t="s">
         <v>20</v>
       </c>
       <c r="C15" s="8">
         <v>2007</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="9" t="s">
         <v>38</v>
       </c>
       <c r="F15" s="1"/>